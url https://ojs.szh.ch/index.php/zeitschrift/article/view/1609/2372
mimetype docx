--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -206,97 +206,82 @@
       </w:r>
       <w:r w:rsidR="000E4FF0" w:rsidRPr="78FE6F94">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Cet article montre de quelle manière la collecte, l’analyse et l’archivage des données linguistiques – basées sur l’IA – facilitent l’accompagnement formatif des enfants. Les compétences linguistiques doivent systématiquement être prises en compte dans le diagnostic. Sur la base des données récoltées, le corps enseignant et les autres spécialistes décident ensemble des possibilités de soutien et mettent en place des mesures visant l’apprentissage continu de la langue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28230011" w14:textId="64C0A838" w:rsidR="00EA4676" w:rsidRPr="008E291C" w:rsidRDefault="00EA4676" w:rsidP="007B4390">
       <w:pPr>
         <w:pStyle w:val="Textkrper3"/>
       </w:pPr>
       <w:r w:rsidRPr="008E291C">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="008E291C">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00B15E52" w:rsidRPr="008E291C">
         <w:t xml:space="preserve">Künstliche Intelligenz, Sprachentwicklung, Heterogenität, Diagnostik, Förderung / </w:t>
       </w:r>
-      <w:r w:rsidR="00B15E52" w:rsidRPr="00116A92">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B15E52" w:rsidRPr="00891D8C">
         <w:t xml:space="preserve">intelligence </w:t>
       </w:r>
-      <w:r w:rsidR="0088162A" w:rsidRPr="00116A92">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0088162A" w:rsidRPr="00891D8C">
         <w:t>artificielle, développement du langage, hétérogénéité, diagnostic, soutien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C64725" w14:textId="5A68AECC" w:rsidR="001D3BFB" w:rsidRPr="000E4FF0" w:rsidRDefault="00EA4676" w:rsidP="007B4390">
       <w:pPr>
         <w:pStyle w:val="Textkrper3"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="CF3649"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E4FF0">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4FF0">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00F821C6" w:rsidRPr="00B05650">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Open Sans SemiCondensed"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>https://doi.org/10.57161/z2025-08-</w:t>
         </w:r>
         <w:r w:rsidR="00F821C6" w:rsidRPr="00B05650">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
             <w:iCs w:val="0"/>
             <w:lang w:val="fr-CH"/>
           </w:rPr>
           <w:t>08</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F821C6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
@@ -369,111 +354,88 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1143000" cy="400050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3DFC94" w14:textId="5EB8BDC0" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="00B45F24" w:rsidP="00111EC1">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk200448519"/>
       <w:r>
         <w:t xml:space="preserve">Ein Fallbeispiel: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-        <w:t>Luwam</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> und </w:t>
+        <w:t xml:space="preserve">Luwam und </w:t>
       </w:r>
       <w:r w:rsidR="00CA0F3E">
         <w:t>ihre</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Lernbegleitung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539E641F" w14:textId="36D2A48B" w:rsidR="007E25E4" w:rsidRDefault="00705986" w:rsidP="00C728D0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00705986">
-        <w:t xml:space="preserve">Schauen wir uns zu Beginn die Spracherwerbssituation eines Mädchens an, das wir </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Schauen wir uns zu Beginn die Spracherwerbssituation eines Mädchens an, das wir Luwam nennen. </w:t>
+      </w:r>
       <w:r w:rsidR="0052206A">
         <w:t>Luwams</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00072FF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Lernbegleitung </w:t>
       </w:r>
       <w:r w:rsidR="00072FF1">
         <w:t xml:space="preserve">findet statt </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">durch die </w:t>
       </w:r>
       <w:r w:rsidR="002906CE">
         <w:t>Kindergarten-</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Lehrperson, die Lehrperson für Deutsch als Zweitsprache und die involvierte Logopädin. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Situation ist nicht </w:t>
+        <w:t xml:space="preserve">Lehrperson, die Lehrperson für Deutsch als Zweitsprache und die involvierte Logopädin. Luwams Situation ist nicht </w:t>
       </w:r>
       <w:r w:rsidR="0096047A">
         <w:t>erfunden</w:t>
       </w:r>
       <w:r w:rsidR="00C23BAE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C23BAE">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">ir haben sie in ähnlicher Ausgangslage tatsächlich angetroffen. Ihre Schilderung bleibt aus Gründen des Datenschutzes aber vage. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1702B770" w14:textId="4FE74C2E" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="005742C6">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve">Das Mädchen mit Tigrinya als Erstsprache war </w:t>
       </w:r>
       <w:r w:rsidR="001C69FB" w:rsidRPr="005E1072">
@@ -493,151 +455,134 @@
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve"> wir eine erste mündliche Sprachprobe </w:t>
       </w:r>
       <w:r w:rsidR="00C36FEA" w:rsidRPr="005E1072">
         <w:t xml:space="preserve">von ihm </w:t>
       </w:r>
       <w:r w:rsidR="002073EF" w:rsidRPr="005E1072">
         <w:t xml:space="preserve">erhalten </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve">haben. Die Sprachprobe </w:t>
       </w:r>
       <w:r w:rsidR="00C36FEA" w:rsidRPr="005E1072">
         <w:t xml:space="preserve">war </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t>in einer interaktiven Situation aufgenommen</w:t>
       </w:r>
       <w:r w:rsidR="00C36FEA" w:rsidRPr="005E1072">
         <w:t xml:space="preserve"> worden</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve">, in der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002073EF" w:rsidRPr="005E1072">
         <w:t>Luwam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve"> beschreibt, welche Düfte </w:t>
       </w:r>
       <w:r w:rsidR="002073EF" w:rsidRPr="005E1072">
         <w:t>sie</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t xml:space="preserve"> mag. Die Äusserungen des Mädchens sind sehr kurz</w:t>
       </w:r>
       <w:r w:rsidR="004B296C" w:rsidRPr="005E1072">
         <w:t xml:space="preserve"> und </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1072">
         <w:t>erst nach mehrmaligem Anhören teilweise verständlich</w:t>
       </w:r>
       <w:r w:rsidR="000D3FE4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007447E7">
         <w:t>Im</w:t>
       </w:r>
       <w:r w:rsidR="0014743B">
         <w:t xml:space="preserve"> Gesprächsverlauf </w:t>
       </w:r>
       <w:r w:rsidR="007447E7">
-        <w:t xml:space="preserve">realisiert </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> zwar</w:t>
+        <w:t>realisiert Luwam zwar</w:t>
       </w:r>
       <w:r w:rsidR="004B296C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>grammatikalisch fehlerhaft</w:t>
       </w:r>
       <w:r w:rsidR="007447E7">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>, syntaktisch aber recht fortgeschritten</w:t>
       </w:r>
       <w:r w:rsidR="007447E7">
         <w:t>e Strukturen</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> (Verbzweitstellung, vereinzelte Inversionen und Klammerstellung von abtrennbaren verbalen Präfixen). </w:t>
       </w:r>
       <w:r w:rsidR="0051486E">
         <w:t xml:space="preserve">Eine </w:t>
       </w:r>
       <w:r w:rsidR="00D409D3">
         <w:t>Logopädin</w:t>
       </w:r>
       <w:r w:rsidR="0051486E">
         <w:t xml:space="preserve"> hat</w:t>
       </w:r>
       <w:r w:rsidR="000D3FE4">
         <w:t>te</w:t>
       </w:r>
       <w:r w:rsidR="0051486E">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">as Mädchen auf Anraten der Lehrperson abgeklärt: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0051486E">
         <w:t>Luwam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> hatte eine gravierende Aussprachestörung</w:t>
       </w:r>
       <w:r w:rsidR="000E0B53">
         <w:t xml:space="preserve"> und war eine </w:t>
       </w:r>
       <w:r w:rsidR="00633BCA">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>‹</w:t>
       </w:r>
       <w:r w:rsidR="000E0B53">
-        <w:t xml:space="preserve">Late </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Late Talkerin</w:t>
+      </w:r>
       <w:r w:rsidR="00633BCA">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>›</w:t>
       </w:r>
       <w:r w:rsidR="00501D05">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001716A4">
         <w:t>Die</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Berichte der Mutter </w:t>
       </w:r>
       <w:r w:rsidR="001716A4">
         <w:t xml:space="preserve">liessen </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">darauf schliessen, dass </w:t>
       </w:r>
       <w:r w:rsidR="0051486E">
         <w:t>ihre Tochter</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
@@ -676,59 +621,51 @@
       <w:r w:rsidR="003F5A0D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2013). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E43FB5C" w14:textId="7F22F538" w:rsidR="0017235A" w:rsidRDefault="0017235A" w:rsidP="00111EC1">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Die Abklärung durch die Logopädin ergab einen Therapiebedarf. Da wie in vielen anderen Schulen die Stelle der Logopädin unbesetzt war und Ressourcen lediglich für Abklärungen vorhanden waren, konnte das Mädchen keinem therapeutischen Setting zugeführt werden. Immerhin konnte die Lehrperson für Deutsch als Zweitsprache Unterstützung anbieten. </w:t>
       </w:r>
       <w:r w:rsidR="00AD7260">
         <w:t xml:space="preserve">Sie </w:t>
       </w:r>
       <w:r w:rsidR="000B5AC3">
         <w:t>plante systematisch</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">, möglichst oft im Schulalltag in einer 1:1-Situation oder in einer Kleingruppe das </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:lastRenderedPageBreak/>
-        <w:t>Gespräch mit dem Mädchen zu suchen. Durch eine gemeinsame Sprachplanung konnte die Lehrperson für Deutsch als Zweitsprache in die Vorentlastung investieren (</w:t>
-[...7 lines deleted...]
-        <w:t>-Holderegger et al.</w:t>
+        <w:t>Gespräch mit dem Mädchen zu suchen. Durch eine gemeinsame Sprachplanung konnte die Lehrperson für Deutsch als Zweitsprache in die Vorentlastung investieren (Jaun-Holderegger et al.</w:t>
       </w:r>
       <w:r w:rsidR="001108DD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2023)</w:t>
       </w:r>
       <w:r w:rsidR="000B5AC3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D506DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003350D9">
         <w:t>Das heisst, s</w:t>
       </w:r>
       <w:r w:rsidR="00D506DF">
         <w:t>ie erarbeitete</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> mit dem Mädchen </w:t>
       </w:r>
       <w:r w:rsidR="000B5AC3">
         <w:t xml:space="preserve">vorab </w:t>
       </w:r>
@@ -1051,224 +988,190 @@
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> bereits teilweise vorhanden</w:t>
       </w:r>
       <w:r w:rsidR="00963255">
         <w:t xml:space="preserve"> und Inversionen werden </w:t>
       </w:r>
       <w:r w:rsidR="000B5AC3">
         <w:t xml:space="preserve">teilweise </w:t>
       </w:r>
       <w:r w:rsidR="00A04E83">
         <w:t>zielsprachlich realisiert</w:t>
       </w:r>
       <w:r w:rsidR="00E70C33">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005F40C5">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F2704">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">as Mädchen zeigt sich sprachlich sichtlich engagiert, interessiert am Austausch und kommunikationsfreudig. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> nimmt ihre sprachlichen Fortschritte wahr und freut sich darüber. </w:t>
+        <w:t xml:space="preserve">as Mädchen zeigt sich sprachlich sichtlich engagiert, interessiert am Austausch und kommunikationsfreudig. Luwam nimmt ihre sprachlichen Fortschritte wahr und freut sich darüber. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB63B4B" w14:textId="7DBB2AA9" w:rsidR="00DE749F" w:rsidRDefault="0017235A" w:rsidP="0041305B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk205284694"/>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Der Vergleich der beiden Sprachproben ist für die Lehrpersonen eine wichtige Informationsquelle: Er zeigt ihnen die Lernfortschritte des Kindes und bestätigt sie in ihrem methodischen Vorgehen. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Hätten die Daten auf eine Stagnation der Sprachentwicklung im Deutschen hingedeutet, so </w:t>
       </w:r>
       <w:r w:rsidR="00294040">
         <w:t xml:space="preserve">hätten </w:t>
       </w:r>
       <w:r w:rsidR="005A208D">
         <w:t>die Fachpersonen</w:t>
       </w:r>
       <w:r w:rsidR="00294040">
         <w:t xml:space="preserve"> dringend </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">spezifischere Fördermassnahmen </w:t>
       </w:r>
       <w:r w:rsidR="00294040">
         <w:t xml:space="preserve">einleiten </w:t>
       </w:r>
       <w:r w:rsidR="00B0485B">
         <w:t>müssen</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">. Diese interdisziplinäre und datenbasierte Herangehensweise vermittelt somit wichtige Informationen über den Erfolg von pädagogischen Massnahmen. Da sich Sprachentwicklung in längeren Zeiträumen vollzieht, ist das Erheben von Lernspuren in Form von Sprachproben besonders wichtig. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6068C8BA" w14:textId="76F852C5" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="00DE749F" w:rsidP="0041305B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Luwams</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Situation zeigt, welche Herausforderungen sich den beteiligten Fachpersonen in der Lernbegleitung vieler Kinder stellen, wie begrenzt </w:t>
       </w:r>
       <w:r w:rsidRPr="0041305B">
         <w:t>die</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> zeitlichen und personellen Ressourcen entgegen allen Idealvorstellungen sind, – und wie trotzdem und gerade darum ein gemeinsames datenbasiertes Vorgehen bei </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Massnahmen der </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>Sprachförder</w:t>
       </w:r>
       <w:r>
         <w:t>ung</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> zielführend ist.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="2A602449" w14:textId="5331E90C" w:rsidR="00D7250E" w:rsidRPr="0017235A" w:rsidRDefault="00D7250E" w:rsidP="00D7250E">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Was hat </w:t>
       </w:r>
       <w:r w:rsidR="00C40393">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>urchgängige Sprachbildung mit multiprofessioneller Kooperation zu tun?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FBAB89" w14:textId="2C93C166" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="00F35FBA">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Der Auftrag von Kindergarten und Schule in Bezug auf die sprachliche Förderung von Kindern beschränkt sich explizit nicht auf den Erwerb der Nebensatzstruktur oder die Wortschatzerweiterung. </w:t>
-[...11 lines deleted...]
-        <w:t>Mitschüler</w:t>
+        <w:t>Der Auftrag von Kindergarten und Schule in Bezug auf die sprachliche Förderung von Kindern beschränkt sich explizit nicht auf den Erwerb der Nebensatzstruktur oder die Wortschatzerweiterung. Luwam und ihre Mitschüler</w:t>
       </w:r>
       <w:r w:rsidR="002A236E">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>innen</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> sollen im Verlauf von Kindergarten und Schule systematisch auch bildungssprachliche Kompetenzen auf- und ausbauen. Bildungssprachliche Praktiken umfassen </w:t>
+        <w:t xml:space="preserve">innen sollen im Verlauf von Kindergarten und Schule systematisch auch bildungssprachliche Kompetenzen auf- und ausbauen. Bildungssprachliche Praktiken umfassen </w:t>
       </w:r>
       <w:r w:rsidR="00C32734">
         <w:t>viele</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Sprachhandlungsformen</w:t>
       </w:r>
       <w:r w:rsidR="004D427B">
         <w:t xml:space="preserve"> wie</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> das Beschreiben, das Diskutieren</w:t>
       </w:r>
       <w:r w:rsidR="004D427B">
         <w:t xml:space="preserve"> oder</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> das Argumentieren. Bedeutsam an diesen Sprachhandlungen ist ihre pragmatische Funktion: Im Zentrum stehen nicht formalsprachliche Aspekte wie grammatikalische Korrektheit, sondern spezifische Prozeduren, die wir typischerweise brauchen, um die entsprechende </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Sprachhandlung</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> zu vollziehen. Eine Argumentation etwa realisieren wir entlang von Mustern wie «Ich denke, dass</w:t>
       </w:r>
       <w:r w:rsidR="00181E44">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">…» </w:t>
       </w:r>
       <w:r w:rsidR="00B21B03">
         <w:t xml:space="preserve">und </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>«Meine Meinung ist</w:t>
       </w:r>
       <w:r w:rsidR="00181E44">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>…» (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> et al.</w:t>
+        <w:t>…» (Gätje et al.</w:t>
       </w:r>
       <w:r w:rsidR="00181E44">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2012)</w:t>
       </w:r>
       <w:r w:rsidR="00181E44">
         <w:t>. D</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">iese sprachlichen Muster sind aber nicht Selbstzweck, sondern </w:t>
       </w:r>
       <w:r w:rsidR="002C306B">
         <w:t xml:space="preserve">dienen </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">primär einer kommunikativen Absicht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9162D7" w14:textId="77777777" w:rsidR="00A16EAB" w:rsidRDefault="0017235A" w:rsidP="00D7250E">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="142"/>
       </w:pPr>
@@ -1276,59 +1179,51 @@
         <w:t xml:space="preserve">Ausreichend fördern lassen sich Sprachhandlungskompetenzen nur dann, wenn alle beteiligten Fachpersonen </w:t>
       </w:r>
       <w:r w:rsidR="00430C15">
         <w:t xml:space="preserve">sie </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>anstre</w:t>
       </w:r>
       <w:r w:rsidR="00E57B9C">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00430C15">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>. Diese Einsicht wird unter dem Terminus der «Durchgängigen Sprachbildung» (Gogolin et al.</w:t>
       </w:r>
       <w:r w:rsidR="0093782A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2020) seit vielen Jahren an die Fachpersonen herangetragen. Gogolin et al. (2020) haben basierend auf jahrelangen Entwicklungs- </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:lastRenderedPageBreak/>
-        <w:t>und Implementationsarbeiten im sogenannten Modellprogramm «</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">» Qualitätsmerkmale für den Unterricht im Hinblick auf eine </w:t>
+        <w:t xml:space="preserve">und Implementationsarbeiten im sogenannten Modellprogramm «FörMig» Qualitätsmerkmale für den Unterricht im Hinblick auf eine </w:t>
       </w:r>
       <w:r w:rsidR="008D4DB9">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>urchgängige Sprachbildung definiert. Den Qualitätsmerkmalen liegen zwei Voraussetzungen</w:t>
       </w:r>
       <w:r w:rsidR="008D4DB9" w:rsidRPr="008D4DB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D4DB9" w:rsidRPr="0017235A">
         <w:t>zugrunde</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78216783" w14:textId="77777777" w:rsidR="00A16EAB" w:rsidRPr="005742C6" w:rsidRDefault="0017235A" w:rsidP="00A16EAB">
       <w:pPr>
         <w:pStyle w:val="Listennummer"/>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005742C6">
@@ -1584,59 +1479,51 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FC6FAF">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t>elches konkrete Vorgehen und welche spezifischen Instrumente braucht</w:t>
       </w:r>
       <w:r w:rsidR="00FC6FAF" w:rsidRPr="00FC6FAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC6FAF" w:rsidRPr="0017235A">
         <w:t>es dafür</w:t>
       </w:r>
       <w:r w:rsidR="00FC6FAF">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> Neben gemeinsamen, spezifisch auf die Sprachbildung ausgerichteten Unterrichtsplanungen (vgl. die Sprachplanungen in </w:t>
-[...7 lines deleted...]
-        <w:t>-Holderegger et al.</w:t>
+        <w:t xml:space="preserve"> Neben gemeinsamen, spezifisch auf die Sprachbildung ausgerichteten Unterrichtsplanungen (vgl. die Sprachplanungen in Jaun-Holderegger et al.</w:t>
       </w:r>
       <w:r w:rsidR="00FC6FAF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2023) </w:t>
       </w:r>
       <w:r w:rsidR="005B049F">
         <w:t xml:space="preserve">geht es vor allen darum, </w:t>
       </w:r>
       <w:r w:rsidR="005B049F" w:rsidRPr="0017235A">
         <w:t>Lernspuren</w:t>
       </w:r>
       <w:r w:rsidR="005B049F" w:rsidRPr="0017235A" w:rsidDel="005B049F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t>diagnostisch unterrichtsnah, aber im Ablauf standardisiert</w:t>
       </w:r>
       <w:r w:rsidR="005B049F">
         <w:t xml:space="preserve"> zu</w:t>
       </w:r>
       <w:r w:rsidR="000F4660">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1734,626 +1621,523 @@
     <w:p w14:paraId="7E2766A8" w14:textId="11C6D639" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Obwohl wir wissen, dass gerade zu Beginn der Schulzeit mündliche Sprachkompetenzen Voraussetzung für die sprachliche und soziale Teilhabe am Schulalltag sind, </w:t>
       </w:r>
       <w:r w:rsidR="004A1D3C">
         <w:t xml:space="preserve">fehlen </w:t>
       </w:r>
       <w:r w:rsidR="004A1D3C" w:rsidRPr="0017235A">
         <w:t>diagnostisch geeignete und zeitökonomisch einsetzbare Instrumente</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> Eine Befragung von 550 </w:t>
-[...3 lines deleted...]
-        <w:t>Logopäd</w:t>
+        <w:t xml:space="preserve"> Eine Befragung von 550 Logopäd</w:t>
       </w:r>
       <w:r w:rsidR="008C4117">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>innen</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> aus der Deutschschweiz belegt diese Vermutung: </w:t>
+        <w:t xml:space="preserve">innen aus der Deutschschweiz belegt diese Vermutung: </w:t>
       </w:r>
       <w:r w:rsidR="00875D37">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00875D37" w:rsidRPr="0017235A">
         <w:t>ie Fachpersonen</w:t>
       </w:r>
       <w:r w:rsidR="00875D37">
         <w:t xml:space="preserve"> beurteilen es zwar als sehr bedeutsam,</w:t>
       </w:r>
       <w:r w:rsidR="00875D37" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">mündliche Sprachproben </w:t>
       </w:r>
       <w:r w:rsidR="00875D37">
         <w:t>zu erheben und zu bewerten. Sie</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> nennen </w:t>
       </w:r>
       <w:r w:rsidR="00875D37">
         <w:t xml:space="preserve">aber </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>den Aufwand als erhebliches Hindernis für einen regelmässigen Einsatz (Rüegg</w:t>
       </w:r>
       <w:r w:rsidR="008C4117">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> 2025). Diesem Umstand begegnet das Projekt «</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">» mit der Entwicklung eines Tools, das die Arbeit </w:t>
+        <w:t xml:space="preserve"> 2025). Diesem Umstand begegnet das Projekt «DigiSpon» mit der Entwicklung eines Tools, das die Arbeit </w:t>
       </w:r>
       <w:r w:rsidR="00EF008D">
         <w:t>der</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> Lehrpersonen, </w:t>
-[...3 lines deleted...]
-        <w:t>Heilpädagog</w:t>
+        <w:t xml:space="preserve"> Lehrpersonen, Heilpädagog</w:t>
       </w:r>
       <w:r w:rsidR="00790517">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>innen</w:t>
-[...7 lines deleted...]
-        <w:t>Logopäd</w:t>
+        <w:t>innen und Logopäd</w:t>
       </w:r>
       <w:r w:rsidR="00790517">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>innen</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> erleichtern soll.</w:t>
+        <w:t>innen erleichtern soll.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489A3923" w14:textId="16E52E21" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="00C33613" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C33613">
         <w:lastRenderedPageBreak/>
         <w:t>Digital unterstützte Spontansprachanalyse</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C33613">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-        <w:t>«</w:t>
-[...7 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>«DigiSpon»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BEFA1E5" w14:textId="4441986F" w:rsidR="006324EA" w:rsidRPr="0017235A" w:rsidRDefault="005437C7" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Im</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Kooperationsprojekt</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A1988">
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="003A1988" w:rsidRPr="003A1988">
         <w:t xml:space="preserve">Digital unterstützte Spontansprachanalyse: </w:t>
       </w:r>
       <w:r w:rsidR="003A1988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003A1988" w:rsidRPr="003A1988">
-        <w:t>DigiSpon</w:t>
-[...3 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>DigiSpon»</w:t>
       </w:r>
       <w:r w:rsidR="003A1988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">der </w:t>
       </w:r>
       <w:r w:rsidR="004C169B" w:rsidRPr="00E137F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Interkantonalen Hochschule für Heilpädagogik</w:t>
       </w:r>
       <w:r w:rsidR="004C169B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t>HfH</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C169B">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">, der </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="00E137F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Universität Zürich,</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> der </w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="00E137F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Universität Freiburg</w:t>
       </w:r>
       <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> und der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0017235A" w:rsidRPr="00E137F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>PHBern</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0017235A" w:rsidRPr="00E137F4">
+        <w:t xml:space="preserve">PHBern </w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5E13" w:rsidRPr="00E137F4">
+        <w:t>Kempe</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Preti et al.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A21E6">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> wurde</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> eine KI-basierte Software</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005437C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>entwickelt</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Diese</w:t>
+      </w:r>
+      <w:r w:rsidR="00911912" w:rsidRPr="00911912">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00911912" w:rsidRPr="0017235A">
+        <w:t>transkribiert</w:t>
+      </w:r>
+      <w:r w:rsidR="00911912">
+        <w:t xml:space="preserve"> und evaluiert</w:t>
+      </w:r>
+      <w:r w:rsidR="00052AC3">
+        <w:t xml:space="preserve"> gemäss</w:t>
+      </w:r>
+      <w:r w:rsidR="00911912" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> ausgewählte</w:t>
+      </w:r>
+      <w:r w:rsidR="00052AC3">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00911912" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> Indikatoren </w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>Kindersprachproben</w:t>
+      </w:r>
+      <w:r w:rsidR="000837B3">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B01BA">
+        <w:t>Sie</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> soll Fachpersonen im Schulalltag </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6">
+        <w:t xml:space="preserve">dabei </w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>unterstützen</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>mündliche, sprachproduktive Kompetenzen</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6" w:rsidRPr="008B5AD6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6">
+        <w:t>zu e</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">rheben und </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6" w:rsidRPr="0017235A">
+        <w:t>ichtbar</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5AD6">
+        <w:t xml:space="preserve"> zu machen</w:t>
+      </w:r>
+      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BBA5EB" w14:textId="7D7FA3CF" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="001B19BC">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">In einem ersten Projektteil wurden in Deutschschweizer Kindergärten </w:t>
+      </w:r>
+      <w:r w:rsidR="00207A1F" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">Sprachproben von Kindern </w:t>
+      </w:r>
+      <w:r w:rsidR="00207A1F">
+        <w:t>durch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> Logopäd</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1507B">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">innen oder </w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9">
+        <w:t>Projektmitarbeitende</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">erhoben. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6E0E">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">en Kindern </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6E0E">
+        <w:t xml:space="preserve">wurden </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">alltagsnahe </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0020" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">Bilder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>vorgelegt, zu denen sie dann berichte</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14662">
+        <w:t>te</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">n, was ihnen </w:t>
+      </w:r>
+      <w:r w:rsidR="00B078DE">
+        <w:t xml:space="preserve">dazu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>einf</w:t>
+      </w:r>
+      <w:r w:rsidR="001E72BB">
+        <w:t>iel</w:t>
+      </w:r>
+      <w:r w:rsidR="00816E39">
+        <w:t>. Diese</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t>sogenannte</w:t>
+      </w:r>
+      <w:r w:rsidR="00816E39">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="00786809">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>Personal Narratives</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> (Westerveld </w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9">
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> Gillon</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9" w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> 2011)</w:t>
+      </w:r>
+      <w:r w:rsidR="00816E39">
+        <w:t xml:space="preserve"> sind</w:t>
+      </w:r>
+      <w:r w:rsidR="004904D9">
+        <w:t xml:space="preserve"> eine im englischsprachigen Raum etablierte Methode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">. Die Erhebungen wurden teilweise </w:t>
+      </w:r>
+      <w:r w:rsidR="00362336">
+        <w:t>in S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>tandardsprach</w:t>
+      </w:r>
+      <w:r w:rsidR="00362336">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> und teilweise </w:t>
+      </w:r>
+      <w:r w:rsidR="00362336">
+        <w:t>in D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">ialekt durchgeführt mit der Absicht, für die Schulung </w:t>
+      </w:r>
+      <w:r w:rsidR="007F61C0" w:rsidRPr="0017235A">
+        <w:t>des Prototyps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00301C74">
+        <w:t xml:space="preserve">beiderlei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">Sprachproben zur Verfügung zu haben. Insgesamt umfasst dieses erste Datenkorpus 110 Aufnahmen. Der Fokus dieser Datenerhebung lag computerlinguistisch bei der Software-Entwicklung. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B01BA" w:rsidRPr="007B01BA">
+        <w:t>Der Prototyp wird aktuell an weiteren Kindersprachdaten trainiert.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B01BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Die Weiterentwicklung des Software-Prototyp</w:t>
+      </w:r>
+      <w:r w:rsidR="00587832">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve"> arbeitet auf folgende Perspektiven hin: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D8E7FB" w14:textId="7749B657" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
+      <w:pPr>
+        <w:pStyle w:val="Liste"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Es entsteht ein Tool, das Lehrpersonen, Logopäd</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5462">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">innen und anderen am Schulalltag beteiligten Fachpersonen </w:t>
+      </w:r>
+      <w:r w:rsidR="00107B46" w:rsidRPr="0017235A">
+        <w:t>erlaubt</w:t>
+      </w:r>
+      <w:r w:rsidR="00107B46">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0017235A" w:rsidRPr="0017235A">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="005437C7">
+      <w:r w:rsidR="000C105D">
+        <w:t xml:space="preserve"> Daten zur</w:t>
+      </w:r>
+      <w:r w:rsidR="00107B46">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>entwickelt</w:t>
-[...158 lines deleted...]
-      <w:r w:rsidR="004904D9" w:rsidRPr="00786809">
+        <w:t>Sprachproduktion</w:t>
+      </w:r>
+      <w:r w:rsidR="00107B46">
+        <w:t xml:space="preserve"> zu erheben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>. Zum Beispiel wird einem Kind ein sprachfreier Film präsentiert, den das Kind nacherzählt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Personal Narratives</w:t>
-[...131 lines deleted...]
-        </w:rPr>
         <w:t>retell</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0017235A">
         <w:t>), es versprachlicht eine Bildergeschichte oder es beschreibt sein Kinderzimmer</w:t>
       </w:r>
       <w:r w:rsidR="0049475D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C7A6B">
         <w:t xml:space="preserve">Die Art der Sprachhandlung, die angeregt wird, orientiert sich </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>am Lernalter des Kindes, der didaktischen Einbettung in den Unterricht oder dem diagnostischen Ziel. Zentral ist, dass das Tool eine Aufnahme der Sprachprobe erstellt und einem Kind zuordnet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6348908E" w14:textId="064A2ACF" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Liste"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Die Software soll die Sprachproben </w:t>
       </w:r>
       <w:r w:rsidR="00117570">
         <w:t xml:space="preserve">in </w:t>
@@ -2386,122 +2170,99 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC627DA" w14:textId="0A20DFE4" w:rsidR="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Liste"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t>Das Tool soll auch die Zuordnung mehrerer, über die Zeit hinweg erhobener Sprachproben zu einem einzelnen Kind als eine einfach zu organisierende Datenablage ermöglichen. Wenn Lehrpersonen auf technisch unkomplizierte Art entsprechende Sprachproben erheben können, dann hilft ihnen das dabei, einen Lernzuwachs der Kinder im Rückblick einschätzen und ihn für sie und die Kinder sichtbar machen zu können – noch vor der detaillierteren Auswertung der entsprechenden Sprachproben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29368AED" w14:textId="48017143" w:rsidR="004904D9" w:rsidRPr="0017235A" w:rsidRDefault="004904D9" w:rsidP="004904D9">
       <w:pPr>
         <w:pStyle w:val="Liste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Jede </w:t>
       </w:r>
       <w:r>
         <w:t>dieser</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> Entwicklungsmassnahmen hätte das Potenzial gehabt, die Lehrpersonen von </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in ihrer </w:t>
+        <w:t xml:space="preserve"> Entwicklungsmassnahmen hätte das Potenzial gehabt, die Lehrpersonen von Luwam in ihrer </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>förderdia</w:t>
       </w:r>
       <w:r w:rsidR="0016001F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>gnostischen</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Arbeit zu entlasten und den Erfolg ihrer Durchgängigen Sprachbildung sichtbar zu machen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F3CA1D" w14:textId="12ABCBA8" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Multiprofessionell und datenbasiert – </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Situation </w:t>
+        <w:t xml:space="preserve">Multiprofessionell und datenbasiert – Luwams Situation </w:t>
       </w:r>
       <w:r w:rsidR="00CE057A">
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE057A">
         <w:t>revisited</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE057A">
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9D6E03" w14:textId="1A3ABD78" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t>Ein Lernzuwachs kommt dann zustande, wenn die Lerngelegenheit das Kind über seinen aktuellen Lernstand hinauswachsen lässt (</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ein Lernzuwachs kommt dann zustande, wenn die Lerngelegenheit das Kind über seinen aktuellen Lernstand hinauswachsen lässt (Vygotskij</w:t>
+      </w:r>
       <w:r w:rsidR="002837AB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2017). Diese Grundbedingung ist unumstritten</w:t>
       </w:r>
       <w:r w:rsidR="00AC4640">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Vor allem im Deutschschweizer Kontext noch viel weniger prominent diskutiert, reflektiert und implementiert ist die </w:t>
       </w:r>
       <w:r w:rsidR="002776F9" w:rsidRPr="0017235A">
         <w:t>Bedingung</w:t>
       </w:r>
       <w:r w:rsidR="002776F9">
         <w:t>, die sich</w:t>
       </w:r>
       <w:r w:rsidR="002776F9" w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>daraus erg</w:t>
       </w:r>
       <w:r w:rsidR="002776F9">
@@ -2516,59 +2277,51 @@
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> ausrichten zu können. Eine Lanze zu brechen für datenbasierte Entscheidungen, stellt die </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:lastRenderedPageBreak/>
         <w:t>Beobachtungskompetenz und die Erfahrung von Lehrpersonen in keiner Form in Frage. Vielmehr geht es darum, den Lehrpersonen konkrete Informationen, Lernspuren und Einblicke in den Kompetenzstand des Kindes an die Hand zu geben</w:t>
       </w:r>
       <w:r w:rsidR="00BA3F7B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001C5502">
         <w:t>Dadurch</w:t>
       </w:r>
       <w:r w:rsidR="00BA3F7B">
         <w:t xml:space="preserve"> können sie</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Lernangebote so konzipieren, dass sie just über dem Lernstand des Kindes liegen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7527CC71" w14:textId="7A4512F0" w:rsidR="008979B9" w:rsidRDefault="0017235A" w:rsidP="008671E0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t>Schulentwicklungsprozesse – sei es im Zeichen der Durchgängigkeit oder im Sinn von inklusiven Modellen wie dem Response-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">-Intervention-Modell (Huber </w:t>
+        <w:t xml:space="preserve">Schulentwicklungsprozesse – sei es im Zeichen der Durchgängigkeit oder im Sinn von inklusiven Modellen wie dem Response-to-Intervention-Modell (Huber </w:t>
       </w:r>
       <w:r w:rsidR="00C34C71">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Grosche</w:t>
       </w:r>
       <w:r w:rsidR="00C34C71">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> 2012) – bewegen sich seit vielen Jahren in die Richtung einer neuen Rollen- und Ressourcenzuteilung in der Lernbegleitung der Kinder. Die sprachliche Heterogenität innerhalb der Klassen ist gross</w:t>
       </w:r>
       <w:r w:rsidR="00D7387F">
         <w:t>. D</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>ie vor Jahrzehnten noch angemessene Förderlogik, Fördermassnahmen nach dem Kriterium zu</w:t>
       </w:r>
       <w:r w:rsidR="002B5B99">
         <w:t>zu</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">teilen, ob ein Kind Deutsch als Erstsprache oder als Zweitsprache hat, ist zunehmend fragwürdig geworden: Heterogenität zeigt sich nämlich vor allem auch in einer Vielfalt der Sprachbiografien, der Lernvoraussetzungen oder der familiären Unterstützung. Kinder </w:t>
       </w:r>
@@ -2937,91 +2690,78 @@
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
             <w:r>
               <w:t>Universität Freiburg</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="331A3736" w14:textId="61532213" w:rsidR="00FB1A48" w:rsidRPr="00153133" w:rsidRDefault="00FA30E7" w:rsidP="0085030C">
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00DD47FC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>julia.winkes@unifr.ch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="114E171B" w14:textId="0AD18306" w:rsidR="00FA30E7" w:rsidRDefault="003869A3" w:rsidP="00FA30E7">
+          <w:p w14:paraId="114E171B" w14:textId="7E7EA0E5" w:rsidR="00FA30E7" w:rsidRDefault="00FA30E7" w:rsidP="00FA30E7">
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Prof. Dr. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA30E7">
               <w:t>Susanne Kemp</w:t>
             </w:r>
             <w:r w:rsidR="00BB2E8C">
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="00FA30E7">
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> Preti</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="7BD9103E" w14:textId="289938AE" w:rsidR="00FA30E7" w:rsidRDefault="00FA30E7" w:rsidP="00FA30E7">
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
             <w:r>
               <w:t>Professorin für Interventionen bei Sprach- und Sprechstörungen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51510585" w14:textId="77777777" w:rsidR="00FA30E7" w:rsidRDefault="00FA30E7" w:rsidP="00FA30E7">
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>HfH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Zürich</w:t>
+              <w:t>HfH Zürich</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EBDD951" w14:textId="0ABAAC6A" w:rsidR="00FB1A48" w:rsidRPr="00153133" w:rsidRDefault="0085030C" w:rsidP="0085030C">
             <w:pPr>
               <w:pStyle w:val="Textkrper3"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00DD47FC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>susanne.kempe@hfh.ch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33ED8988" w14:textId="17649674" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0085030C">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t>Literatur</w:t>
       </w:r>
@@ -3059,177 +2799,109 @@
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t>Bitter Bättig,</w:t>
       </w:r>
       <w:r w:rsidR="00BB2E8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">F. (2012). </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>4 bis 8. Einschätzungsraster Erstsprache Deutsch: Hinweise für Deutsch als Erstsprache</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002752A4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Schulverlag</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> plus AG.</w:t>
+        <w:t>Schulverlag plus AG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24AC803D" w14:textId="3820ECE9" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ebert, K. D. (2020). Language Sample Analysis </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Bilingual Children: Translating Research to Practice. </w:t>
+        <w:t xml:space="preserve">Ebert, K. D. (2020). Language Sample Analysis With Bilingual Children: Translating Research to Practice. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Topics in </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Topics in language disorders</w:t>
+      </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r w:rsidR="00DF7C6D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">(2), 182–201. </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0017235A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1097/TLD.0000000000000209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08C062F4" w14:textId="7C9D9C22" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Prozeduren in argumentativen Texten von Schülern und Studenten. In H.</w:t>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Gätje, O., Rezat, S. &amp; Steinhoff, T. (2012). Positionierung. Zur Entwicklung des Gebrauchs modalisierender Prozeduren in argumentativen Texten von Schülern und Studenten. In H.</w:t>
       </w:r>
       <w:r w:rsidR="009F2767">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>Feilke &amp; K.</w:t>
       </w:r>
       <w:r w:rsidR="009F2767">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Lehnen (Hrsg.), </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Schreib- und Textroutinen. Theorie, Erwerb und didaktisch-mediale Modellierung </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>(Forum Angewandte Linguistik, Bd. 52, S. 125–153). Lang.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A0E65B" w14:textId="37BD5282" w:rsidR="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
@@ -3241,129 +2913,104 @@
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Deutsch als Fremdsprache</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">, 03, 174–178. </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00015841" w:rsidRPr="00DD47FC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.37307/j.2198-2430.2023.03.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52B22858" w14:textId="75F39460" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Gogolin, I., Lengyel, D., </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, C., Lange, I., Michel, U., Rutten, S. </w:t>
+        <w:t xml:space="preserve">Gogolin, I., Lengyel, D., Bainski, C., Lange, I., Michel, U., Rutten, S. </w:t>
       </w:r>
       <w:r w:rsidR="00A54A70">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:r w:rsidR="00A54A70" w:rsidRPr="00A54A70">
         <w:t>Scheinhardt-Stettner, H</w:t>
       </w:r>
       <w:r w:rsidR="00A54A70">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Durchgängige Sprachbildung. Qualitätsmerkmale für den Unterricht </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>(2. Aufl</w:t>
       </w:r>
       <w:r w:rsidR="00A1343A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>). Waxmann.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C29867" w14:textId="6E9A58BA" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:lastRenderedPageBreak/>
         <w:t>Grießhaber,</w:t>
       </w:r>
       <w:r w:rsidR="00BA227F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">W. (2021). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Sprachstandsdiagnose</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> Sprache (IDS). </w:t>
+        <w:t>Sprachstandsdiagnose im kindlichen Zweitspracherwerb: funktional-pragmatische Fundierung der Profilanalyse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017235A">
+        <w:t xml:space="preserve">. Leibniz-Institut für Deutsche Sprache (IDS). </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00AF549A" w:rsidRPr="00DD47FC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://d-nb.info/123398635X/34</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0046636A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF7C6D" w:rsidRPr="00237079">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0046636A">
         <w:t>[Zugriff: 04.08.2025].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5D787E" w14:textId="7CE62C0B" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
@@ -3532,96 +3179,83 @@
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52BC5E7C" w14:textId="64CEB8EB" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t>Huber, C</w:t>
       </w:r>
       <w:r w:rsidR="00D359D8">
         <w:t>. &amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Grosche, M</w:t>
       </w:r>
       <w:r w:rsidR="00D359D8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> (2012)</w:t>
       </w:r>
       <w:r w:rsidR="00D359D8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t>Das response-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">-intervention-Modell als Grundlage für einen inklusiven Paradigmenwechsel in der Sonderpädagogik. </w:t>
+        <w:t xml:space="preserve">Das response-to-intervention-Modell als Grundlage für einen inklusiven Paradigmenwechsel in der Sonderpädagogik. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Zeitschrift für Heilpädagogik</w:t>
       </w:r>
       <w:r w:rsidR="0039518D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>8, 312–322.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F81AA2B" w14:textId="03A39D66" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="00B16B2A">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>-Holderegger, B., Lehnherr, D. &amp; Schaller, P. (2023). Glitschig laut</w:t>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Jaun-Holderegger, B., Lehnherr, D. &amp; Schaller, P. (2023). Glitschig laut</w:t>
       </w:r>
       <w:r w:rsidR="00B16B2A">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Sinne und Sprache entwickeln. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Dossier Weitblick NMG</w:t>
       </w:r>
       <w:r w:rsidR="00BA227F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CF7621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -3642,224 +3276,162 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4C69F568" w14:textId="2C35D800" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve">Jungmann, T., Miosga, C. &amp; Neumann, S. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Lehrersprache und Gesprächsführung in der inklusiven Grundschule</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>. Reinhardt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F8830E" w14:textId="65897026" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Kempe </w:t>
-[...7 lines deleted...]
-        <w:t>, S</w:t>
+        <w:t>Kempe Preti, S</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Winkes, J</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Ebling, S</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F03CF4">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> Schaller, P</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> (2024)</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve"> Aktuelle Forschungsprojekte: Digital unterstützte Spontansprachanalyse: </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1. </w:t>
+        <w:t xml:space="preserve"> Aktuelle Forschungsprojekte: Digital unterstützte Spontansprachanalyse: DigiSpon 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vierteljahresschrift für Heilpädagogik und ihre </w:t>
       </w:r>
       <w:r w:rsidRPr="00D359D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nachbargebiete</w:t>
       </w:r>
       <w:r w:rsidR="00D359D8" w:rsidRPr="00D359D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D359D8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA227F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>93</w:t>
       </w:r>
       <w:r w:rsidR="00D359D8">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>(2), 141–143.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C8759F" w14:textId="13074F3A" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">Lüdtke, U., </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, J., </w:t>
+        <w:t xml:space="preserve">Lüdtke, U., Bornman, J., </w:t>
       </w:r>
       <w:r w:rsidR="00F95892" w:rsidRPr="0017235A">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t>, L.</w:t>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Wet, F., Heid, U., Ostermann, J., Rumberg, L.</w:t>
       </w:r>
       <w:r w:rsidR="00381DA5">
         <w:t>, van der Linde, J. &amp; Ehlert, H.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006811DF">
         <w:t xml:space="preserve">(2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Multidisciplinary Perspectives on Automatic Analysis of Children's Language Samples: Where Do We Go from Here? </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA4410">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Folia </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Folia Phoniatrica Et Logopaedica</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EA4410">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA4410">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r w:rsidR="006B1BC8" w:rsidRPr="00EA4410">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA4410">
         <w:t xml:space="preserve">(1), 1–12. </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="0017235A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
@@ -3885,57 +3457,52 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Erste Ergebnisse einer Umfrage zu Spontansprachanalysen bei Logopädinnen und Logopäden in der Deutschschweiz. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C0020">
         <w:t>Intern</w:t>
       </w:r>
       <w:r w:rsidR="00533A20">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="006C0020">
         <w:t xml:space="preserve"> Ergebnisbericht</w:t>
       </w:r>
       <w:r w:rsidRPr="00705B34">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5865B896" w14:textId="0C4DC1BD" w:rsidR="0017235A" w:rsidRPr="0017235A" w:rsidRDefault="0017235A" w:rsidP="0036689D">
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>, L</w:t>
+      <w:r w:rsidRPr="0017235A">
+        <w:t>Vygotskij, L</w:t>
       </w:r>
       <w:r w:rsidR="00F95892">
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00F95892">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> (2017)</w:t>
       </w:r>
       <w:r w:rsidR="00904A35">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Denken und Sprechen: Psychologische Untersuchungen</w:t>
@@ -3954,59 +3521,51 @@
       <w:pPr>
         <w:pStyle w:val="Literaturverzeichnis"/>
       </w:pPr>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Westerveld, M. F. &amp; Gillon, G. (2011). </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Westerveld and Gillon Language Sampling Protocol. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Elicitation and Scoring Procedures. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017235A">
-        <w:t xml:space="preserve">University </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Canterbury.</w:t>
+        <w:t>University of Canterbury.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="0017235A" w:rsidRPr="00AF460E" w:rsidSect="00D1666B">
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="45"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D77CBA0" w14:textId="77777777" w:rsidR="00837DA9" w:rsidRDefault="00837DA9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -4032,98 +3591,98 @@
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans SemiCondensed">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{13D0EFE9-5C16-462E-B3C0-E31B0074A17C}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{9730CA0A-BB1C-425A-9761-76EFC372A7B1}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{323DD06D-6C66-4273-9B34-581AFF9BED17}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{5DB03D85-35E7-497E-B94D-DB6433E9C756}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{0F4B27E5-8909-4D40-9880-C21BF0B0DF10}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{36BF507E-19CD-4BE8-89DA-568417E3E34E}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans SemiCondensed SemiCon">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Nova">
+    <w:panose1 w:val="020B0504020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedBold r:id="rId5" w:fontKey="{537E46E6-DB15-405C-9824-3A3DD78129D5}"/>
+  </w:font>
   <w:font w:name="+mn-ea">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:embedBold r:id="rId5" w:fontKey="{FB2FDF44-F52F-4C05-9BF9-33175610006A}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="276C74BB" w14:textId="77777777" w:rsidR="004B3A29" w:rsidRPr="007B448B" w:rsidRDefault="00C82ECB" w:rsidP="001D3BFB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -8557,53 +8116,52 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1164659798">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1291790616">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1479614155">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1818760894">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1876850800">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1655139427">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0002"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -8742,50 +8300,51 @@
     <w:rsid w:val="0020467E"/>
     <w:rsid w:val="00205C01"/>
     <w:rsid w:val="00206E21"/>
     <w:rsid w:val="002073EF"/>
     <w:rsid w:val="00207A1F"/>
     <w:rsid w:val="002127CD"/>
     <w:rsid w:val="00215159"/>
     <w:rsid w:val="00220F4F"/>
     <w:rsid w:val="00235A6C"/>
     <w:rsid w:val="00236031"/>
     <w:rsid w:val="00237079"/>
     <w:rsid w:val="00241303"/>
     <w:rsid w:val="002443A6"/>
     <w:rsid w:val="002444F6"/>
     <w:rsid w:val="002446CE"/>
     <w:rsid w:val="00251FE6"/>
     <w:rsid w:val="00265A52"/>
     <w:rsid w:val="002667A6"/>
     <w:rsid w:val="00267DC9"/>
     <w:rsid w:val="00272435"/>
     <w:rsid w:val="00274E1C"/>
     <w:rsid w:val="002752A4"/>
     <w:rsid w:val="002763A4"/>
     <w:rsid w:val="00276B2C"/>
     <w:rsid w:val="002776F9"/>
+    <w:rsid w:val="00277D67"/>
     <w:rsid w:val="002837AB"/>
     <w:rsid w:val="002837C6"/>
     <w:rsid w:val="00284EA0"/>
     <w:rsid w:val="0028538D"/>
     <w:rsid w:val="002862AA"/>
     <w:rsid w:val="002906CE"/>
     <w:rsid w:val="00292F20"/>
     <w:rsid w:val="00294040"/>
     <w:rsid w:val="002A1BAA"/>
     <w:rsid w:val="002A236E"/>
     <w:rsid w:val="002A39BD"/>
     <w:rsid w:val="002A4E57"/>
     <w:rsid w:val="002B28D4"/>
     <w:rsid w:val="002B5B99"/>
     <w:rsid w:val="002B6459"/>
     <w:rsid w:val="002C2A52"/>
     <w:rsid w:val="002C306B"/>
     <w:rsid w:val="002C5235"/>
     <w:rsid w:val="002C57D2"/>
     <w:rsid w:val="002D39A1"/>
     <w:rsid w:val="002D4302"/>
     <w:rsid w:val="002E13B6"/>
     <w:rsid w:val="002E2F52"/>
     <w:rsid w:val="002E3785"/>
     <w:rsid w:val="002E5374"/>
@@ -9090,50 +8649,51 @@
     <w:rsid w:val="008168E8"/>
     <w:rsid w:val="00816E39"/>
     <w:rsid w:val="008176A7"/>
     <w:rsid w:val="008204CD"/>
     <w:rsid w:val="0082421A"/>
     <w:rsid w:val="00830A17"/>
     <w:rsid w:val="008332BC"/>
     <w:rsid w:val="008351F7"/>
     <w:rsid w:val="00835FCF"/>
     <w:rsid w:val="00837DA9"/>
     <w:rsid w:val="0085030C"/>
     <w:rsid w:val="00853805"/>
     <w:rsid w:val="00855097"/>
     <w:rsid w:val="00857CA9"/>
     <w:rsid w:val="00862453"/>
     <w:rsid w:val="0086305F"/>
     <w:rsid w:val="00863F81"/>
     <w:rsid w:val="008671E0"/>
     <w:rsid w:val="00870508"/>
     <w:rsid w:val="0087215E"/>
     <w:rsid w:val="00875D37"/>
     <w:rsid w:val="0088162A"/>
     <w:rsid w:val="00882B9B"/>
     <w:rsid w:val="008854C8"/>
     <w:rsid w:val="00891916"/>
+    <w:rsid w:val="00891D8C"/>
     <w:rsid w:val="00891E7D"/>
     <w:rsid w:val="008924D4"/>
     <w:rsid w:val="008979B9"/>
     <w:rsid w:val="008A2229"/>
     <w:rsid w:val="008A61A8"/>
     <w:rsid w:val="008B0F54"/>
     <w:rsid w:val="008B5AD6"/>
     <w:rsid w:val="008C0E25"/>
     <w:rsid w:val="008C4117"/>
     <w:rsid w:val="008C6EDB"/>
     <w:rsid w:val="008D07E2"/>
     <w:rsid w:val="008D0E44"/>
     <w:rsid w:val="008D1807"/>
     <w:rsid w:val="008D4DB9"/>
     <w:rsid w:val="008E26AF"/>
     <w:rsid w:val="008E291C"/>
     <w:rsid w:val="008E29FD"/>
     <w:rsid w:val="008E3547"/>
     <w:rsid w:val="008E719E"/>
     <w:rsid w:val="008F2E4E"/>
     <w:rsid w:val="00904A35"/>
     <w:rsid w:val="00911912"/>
     <w:rsid w:val="00912E02"/>
     <w:rsid w:val="00920846"/>
     <w:rsid w:val="00920A21"/>
@@ -15128,52 +14688,52 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C27681858B7D484080A6C8E6830BC98C" ma:contentTypeVersion="19" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="53aab957179c99d1644946e5906c8976">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="76555f21-dda2-40b2-9e67-0c5126acc9bb" xmlns:ns3="4fd9addd-010e-4f5f-8f1c-4194eaaa354f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2e9a70e3f491c82caf3b8c526ba4351" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C27681858B7D484080A6C8E6830BC98C" ma:contentTypeVersion="19" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="45fd98e6bcf7fc84a02f183053deca85">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="76555f21-dda2-40b2-9e67-0c5126acc9bb" xmlns:ns3="4fd9addd-010e-4f5f-8f1c-4194eaaa354f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3af90d3921ff15beb7b3afdc4c43c93" ns2:_="" ns3:_="">
     <xsd:import namespace="76555f21-dda2-40b2-9e67-0c5126acc9bb"/>
     <xsd:import namespace="4fd9addd-010e-4f5f-8f1c-4194eaaa354f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -15389,155 +14949,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4fd9addd-010e-4f5f-8f1c-4194eaaa354f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="76555f21-dda2-40b2-9e67-0c5126acc9bb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F92AE13-721D-4DD7-A604-82EC89353526}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8974F516-66D9-4933-9598-A2559FE4C6D5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47EC88C-8D21-434D-9DE7-8252E3B8ED27}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14A644E3-04CA-494A-AE18-74A0A7989E17}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F9FDA9-7FB6-4D8D-862D-895C44714D11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4fd9addd-010e-4f5f-8f1c-4194eaaa354f"/>
     <ds:schemaRef ds:uri="76555f21-dda2-40b2-9e67-0c5126acc9bb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14A644E3-04CA-494A-AE18-74A0A7989E17}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47EC88C-8D21-434D-9DE7-8252E3B8ED27}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{250a00cf-4b6d-4672-b16c-ca346e4e11e5}" enabled="0" method="" siteId="{250a00cf-4b6d-4672-b16c-ca346e4e11e5}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Artikellayout DE_Logo angepasst</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2584</Words>
-  <Characters>18067</Characters>
+  <Words>2827</Words>
+  <Characters>17814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>261</Lines>
-  <Paragraphs>122</Paragraphs>
+  <Lines>148</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>KI-basierte Auswertung von mündlichen Sprachproben_x000d_</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20529</CharactersWithSpaces>
+  <CharactersWithSpaces>20600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>KI-basierte Auswertung von mündlichen Sprachproben</dc:title>
   <dc:subject/>
   <dc:creator>Pascale Schaller;Julia Winkes;Susanne Kempe</dc:creator>
   <cp:keywords>Künstliche Intelligenz, Sprachentwicklung, Heterogenität, Diagnostik, Förderung/intelligence artificielle, développement du langage, hétérogénéité, diagnostic, soutien</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C27681858B7D484080A6C8E6830BC98C</vt:lpwstr>
   </property>