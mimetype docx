--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -18,705 +18,704 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="53F210DA" w14:textId="55A175D8" w:rsidR="00EF51E1" w:rsidRPr="00E168EE" w:rsidRDefault="004308B7" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="Titel"/>
+        <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="2144992917"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="087D532A" w14:textId="0C4018F1" w:rsidR="004308B7" w:rsidRPr="00E168EE" w:rsidRDefault="004308B7" w:rsidP="002A1797">
           <w:pPr>
-            <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
+            <w:pStyle w:val="En-ttedetabledesmatires"/>
           </w:pPr>
           <w:r w:rsidRPr="00E168EE">
             <w:t>Table des matières</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3949F7D6" w14:textId="6127863E" w:rsidR="007B266B" w:rsidRDefault="004308B7">
+        <w:p w14:paraId="3949F7D6" w14:textId="43E22B61" w:rsidR="007B266B" w:rsidRDefault="004308B7">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E168EE">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00E168EE">
             <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00E168EE">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc215222853" w:history="1">
             <w:r w:rsidR="007B266B" w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Documentation du dossier</w:t>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222853 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
             <w:r w:rsidR="007B266B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="65B59605" w14:textId="72A37520" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="65B59605" w14:textId="788120BD" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222854" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Tour d’horizon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222854 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02493063" w14:textId="0C415803" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="02493063" w14:textId="6B00553E" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222855" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Ressources</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222855 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CD1EF06" w14:textId="68718B3C" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="4CD1EF06" w14:textId="6C448748" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222856" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Livres</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222856 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2CCBA7B4" w14:textId="3A395796" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="2CCBA7B4" w14:textId="498DC646" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222857" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Films</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222857 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1BED6BCD" w14:textId="28431D19" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="1BED6BCD" w14:textId="107E4848" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222858" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Podcasts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222858 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E4D4EEB" w14:textId="32219512" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="7E4D4EEB" w14:textId="5855C952" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222859" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Agenda et formation continue</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222859 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="76D97718" w14:textId="11F947A1" w:rsidR="007B266B" w:rsidRDefault="007B266B">
+        <w:p w14:paraId="76D97718" w14:textId="579A0A40" w:rsidR="007B266B" w:rsidRDefault="007B266B">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:spacing w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CH"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215222860" w:history="1">
             <w:r w:rsidRPr="0013200C">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>D’une revue à l’autre</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215222860 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004E04B0">
+            <w:r w:rsidR="000D49C4">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="75C99339" w14:textId="0FBAB8F3" w:rsidR="00910C55" w:rsidRDefault="004308B7" w:rsidP="00910C55">
           <w:pPr>
-            <w:pStyle w:val="Verzeichnis1"/>
+            <w:pStyle w:val="TM1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E168EE">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2C7A3A30" w14:textId="5DE9AB05" w:rsidR="00EF51E1" w:rsidRPr="00E168EE" w:rsidRDefault="00A12A14" w:rsidP="00910C55">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc215222853"/>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Documentation du dossier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6817055F" w14:textId="72CBE798" w:rsidR="00A12A14" w:rsidRDefault="00A12A14" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Références bibliographiques</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40ED3027" w14:textId="7CF940AB" w:rsidR="00240A6D" w:rsidRDefault="00456DCD" w:rsidP="009F62F0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>Aulombard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve">, N. (2019). Femmes handicapées et violences sexuelles ? Entre difficultés de prise en charge et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>empuissancement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
@@ -732,63 +731,63 @@
         <w:t>Mouvements</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC604E">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve">(99), 131-135. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00FC604E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Open Sans SemiCondensed"/>
           </w:rPr>
           <w:t>https://shs.cairn.info/revue-mouvements-2019-3-page-131?lang=fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00240A6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AECEC9F" w14:textId="1BCA9F95" w:rsidR="00171CE6" w:rsidRDefault="00171CE6" w:rsidP="009F62F0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:r w:rsidRPr="00171CE6">
         <w:t>Boivin,</w:t>
       </w:r>
       <w:r w:rsidR="00E12F24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00171CE6">
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00E12F24">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B7528F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E12F24">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="00171CE6">
         <w:t xml:space="preserve"> Fournier, J</w:t>
       </w:r>
       <w:r w:rsidR="00E12F24">
         <w:t>.</w:t>
       </w:r>
@@ -847,102 +846,102 @@
       <w:r w:rsidRPr="00531C18">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00531C18">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00171CE6">
         <w:t>94</w:t>
       </w:r>
       <w:r w:rsidR="00531C18">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00171CE6">
         <w:t>, 165-180.</w:t>
       </w:r>
       <w:r w:rsidR="005B6BC9" w:rsidRPr="005B6BC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="005B6BC9" w:rsidRPr="005B6BC9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://doi.org/10.3917/nresi.094.0165</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005B6BC9" w:rsidRPr="005B6BC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4816EC" w14:textId="24D6E2EE" w:rsidR="00240A6D" w:rsidRDefault="00240A6D" w:rsidP="009F62F0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:r w:rsidRPr="00240A6D">
         <w:t>Bourdon, S., Baril, D., Desroches, I.</w:t>
       </w:r>
       <w:r w:rsidR="00256373">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00240A6D">
         <w:t xml:space="preserve"> &amp; Lessard, A. (2021). Les défis de la transition à la vie adulte de jeunes en situation de handicap. Revue Jeunes et Société, </w:t>
       </w:r>
       <w:r w:rsidRPr="00117544">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00240A6D">
         <w:t>(1), 3</w:t>
       </w:r>
       <w:r w:rsidR="00256373">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00240A6D">
         <w:t xml:space="preserve">26. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00D017AF">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://doi.org/10.7202/1087097ar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FAD3A8" w14:textId="77457111" w:rsidR="00333AED" w:rsidRPr="00D22EB2" w:rsidRDefault="00333AED" w:rsidP="009F62F0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A5BE5">
         <w:t>Bruyneel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007A5BE5">
         <w:t>, A-V.</w:t>
       </w:r>
       <w:r w:rsidR="00DB2E43">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F752D1" w:rsidRPr="007A5BE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F752D1" w:rsidRPr="00F752D1">
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F752D1" w:rsidRPr="00F752D1">
         <w:t>Pichonnaz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F752D1" w:rsidRPr="00F752D1">
         <w:t>, C. (2024) Inclusion des p</w:t>
@@ -967,97 +966,97 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D22EB2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C4694A">
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00D22EB2" w:rsidRPr="00C4694A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D22EB2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB7B15">
         <w:t xml:space="preserve">63-63. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00AB7B15" w:rsidRPr="00AB7B15">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Inclusion-des-personnes-en-situation-de-handicap-dans-la-societe-un-defi-a-accompagner.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB7B15">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564FEF82" w14:textId="0132D191" w:rsidR="009F62F0" w:rsidRDefault="009F62F0" w:rsidP="009F62F0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:r w:rsidRPr="001217B5">
         <w:t>Comité des droits des personnes handicapées</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC2961">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Observations finales concernant le rapport initial de la Suisse.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nations Unies.</w:t>
       </w:r>
       <w:r w:rsidRPr="004400AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00403EBE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://www.ebgb.admin.ch/fr/presentation-du-rapport-cdph</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00240A6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A096D6" w14:textId="1A1E78D5" w:rsidR="00FE2352" w:rsidRPr="00350362" w:rsidRDefault="00FE2352" w:rsidP="007B62D4">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005443A9">
         <w:t>Cuenot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005443A9" w:rsidRPr="005443A9">
         <w:t xml:space="preserve">, M. (2025). </w:t>
       </w:r>
       <w:r w:rsidR="005443A9" w:rsidRPr="00C73CE3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Des participations héroïsé</w:t>
       </w:r>
       <w:r w:rsidR="008236AE" w:rsidRPr="00C73CE3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>es. Le handicap</w:t>
       </w:r>
       <w:r w:rsidR="00ED0881" w:rsidRPr="00C73CE3">
         <w:rPr>
@@ -1086,187 +1085,205 @@
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00350362">
         <w:t xml:space="preserve"> Presses universitaires</w:t>
       </w:r>
       <w:r w:rsidR="002A430B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00350362">
         <w:t xml:space="preserve"> Paris Nanterr</w:t>
       </w:r>
       <w:r w:rsidR="00551305">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00243DA5">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00551305">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00AE3209" w:rsidRPr="0037430E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://presses-universitaires.parisnanterre.fr/index.php/produit/des-participations-heroisees-le-handicap-dans-les-series-televisees-pour-enfants-france-1993-2008/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AE3209">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CEDFF59" w14:textId="32D8A63E" w:rsidR="002B641B" w:rsidRDefault="002B641B" w:rsidP="002B641B">
+    <w:p w14:paraId="1CEDFF59" w14:textId="3093BB0B" w:rsidR="002B641B" w:rsidRPr="00F668C2" w:rsidRDefault="002B641B" w:rsidP="00F668C2">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F668C2">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Open Sans SemiCondensed"/>
+          <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulco, E., &amp; Maranzano, T. (2022). </w:t>
       </w:r>
-      <w:r w:rsidRPr="002434DA">
+      <w:r w:rsidRPr="00F668C2">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:i/>
+          <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tu es canon. </w:t>
+        <w:t xml:space="preserve">Tu es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F668C2">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans SemiCondensed"/>
+          <w:i/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>canon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F668C2">
+        <w:rPr>
+          <w:rFonts w:cs="Open Sans SemiCondensed"/>
+          <w:i/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E031E9">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Manifeste de la mode inclusive. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F668C2">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
+          <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Editions </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>ASA-HM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F668C2">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Open Sans SemiCondensed"/>
+          <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00EF26AC">
+        <w:r w:rsidR="00F668C2" w:rsidRPr="00F668C2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Open Sans SemiCondensed"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
-          <w:t>https://www.asahm.ch/post/publication-du-livre-tu-es-canon-manifeste-de-la-mode-inclusive</w:t>
+          <w:t>https://www.tu-es-canon.ch/livre/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7E250AE5" w14:textId="2C3C1FFC" w:rsidR="00AC51B7" w:rsidRDefault="00F577ED" w:rsidP="00AC51B7">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F577ED">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve">Giraud, O. (2016). L’accompagnement du handicap et de la perte d’autonomie des personnes âgées en Suisse : ombres et lumières du principe de subsidiarité. </w:t>
       </w:r>
       <w:r w:rsidRPr="00081E2F">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revue française des affaires sociales</w:t>
       </w:r>
       <w:r w:rsidRPr="00F577ED">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35-40. </w:t>
       </w:r>
       <w:r w:rsidR="00D941C4" w:rsidRPr="00F577ED">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D941C4">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00AC51B7" w:rsidRPr="00770661">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Open Sans SemiCondensed"/>
           </w:rPr>
           <w:t>https://doi.org/10.3917/rfas.164.0035</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC51B7">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF3E07A" w14:textId="77273852" w:rsidR="0053598B" w:rsidRPr="007A5BE5" w:rsidRDefault="0053598B" w:rsidP="0053598B">
+    <w:p w14:paraId="2DF3E07A" w14:textId="77273852" w:rsidR="0053598B" w:rsidRPr="000D49C4" w:rsidRDefault="0053598B" w:rsidP="0053598B">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F668C2">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Grünenfelder, R., Palanza, A., &amp; Zumbach, D. (2023). </w:t>
+        <w:t xml:space="preserve">Grünenfelder, R., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F668C2">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t>Palanza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F668C2">
+        <w:rPr>
+          <w:lang w:val="de-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., &amp; Zumbach, D. (2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Indice de l’inclusion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00739">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -1283,82 +1300,65 @@
       </w:r>
       <w:r w:rsidRPr="008C0A35">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00739">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t>Grünenfelder Zumbach GmbH –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B00739">
         <w:rPr>
           <w:lang w:val="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Sozialforschung und Beratung. </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="000D49C4">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://www.proinfirmis.ch/fileadmin/bilder/4_Ueber_uns/kampagnen/2023/Inklusionsindex/Indice_de_l_inclusion_2023.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00240A6D" w:rsidRPr="000D49C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504A3828" w14:textId="7D8AF86E" w:rsidR="009E3DB0" w:rsidRPr="0004380A" w:rsidRDefault="009E3DB0" w:rsidP="009E3DB0">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004380A">
         <w:t xml:space="preserve">Piérart, G., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0004380A">
         <w:t>Arneton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0004380A">
         <w:t>, M. (2021). Interculturalité des situations de handicap</w:t>
       </w:r>
       <w:r>
         <w:t> : d</w:t>
       </w:r>
       <w:r w:rsidRPr="0004380A">
         <w:t xml:space="preserve">e la désignation à la reconnaissance. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D23571">
@@ -1376,70 +1376,70 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Revue Internationale de la Recherche Interculturelle, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D23571">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="0004380A">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0004380A">
         <w:t xml:space="preserve">), 5-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00D017AF">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>https://doi.org/10.7202/1084908ar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396C2548" w14:textId="7620D3DB" w:rsidR="00456DCD" w:rsidRDefault="009E3DB0" w:rsidP="00240A6D">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:r w:rsidRPr="0004380A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reynaud, C., Guerry, S., Piérart, G., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0004380A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cudré</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0004380A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Mauroux, A. (2025). La participation des personnes concernées dans la formation des travailleurs sociaux. Quels enjeux pédagogiques pour les formateurs</w:t>
       </w:r>
@@ -1473,116 +1473,116 @@
         <w:rPr>
           <w:rStyle w:val="numero"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="numero"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="0004380A">
         <w:rPr>
           <w:rStyle w:val="numbering"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 133-147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0004380A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3917/graph1.089.0133 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01FC73B5" w14:textId="591DBEB7" w:rsidR="00EC225C" w:rsidRPr="00A11B6A" w:rsidRDefault="00EC225C" w:rsidP="00240A6D">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC225C">
         <w:t>Rosenstein</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EC225C">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> E. (2020)</w:t>
       </w:r>
       <w:r w:rsidR="001E1C0D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F536E8" w:rsidRPr="00EC225C">
         <w:t>Deux</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC225C">
         <w:t xml:space="preserve"> politiques du handicap et des contradictions</w:t>
       </w:r>
       <w:r w:rsidR="001E1C0D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC225C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1C0D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>REISO, Revue d'information sociale</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC225C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BC6CDF">
         <w:t xml:space="preserve">1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00BC6CDF" w:rsidRPr="00D017AF">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://www.reiso.org/document/5612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="215C9CE1" w14:textId="446A15EC" w:rsidR="00BE19B9" w:rsidRPr="001F5E3E" w:rsidRDefault="00BE19B9" w:rsidP="00031E4A">
       <w:pPr>
-        <w:pStyle w:val="Literaturverzeichnis"/>
+        <w:pStyle w:val="Bibliographie"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA735C">
         <w:t>Van</w:t>
       </w:r>
       <w:r w:rsidR="0041138A" w:rsidRPr="00FA735C">
         <w:t xml:space="preserve"> Til</w:t>
       </w:r>
       <w:r w:rsidR="002C354B" w:rsidRPr="00FA735C">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C70A19">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002C354B" w:rsidRPr="00FA735C">
         <w:t>C.</w:t>
       </w:r>
       <w:r w:rsidR="00C70A19">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002C354B" w:rsidRPr="00FA735C">
         <w:t xml:space="preserve"> &amp; Haddad</w:t>
       </w:r>
       <w:r w:rsidR="00031E4A">
         <w:t>,</w:t>
@@ -1603,468 +1603,468 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00965119" w:rsidRPr="008501C6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Handicap, une vie de tous les jours</w:t>
       </w:r>
       <w:r w:rsidR="008C26B1" w:rsidRPr="008501C6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005D5EB2">
         <w:t xml:space="preserve"> Éditions </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D5EB2">
         <w:t>Slatkine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00823950">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00823950" w:rsidRPr="007D40B3">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://www.slatkine.com/fr/editions-slatkine/76178-book-07211297-9782832112977.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00823950">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13525BC5" w14:textId="754BC4F1" w:rsidR="00BA1FEC" w:rsidRPr="00965119" w:rsidRDefault="00A12A14" w:rsidP="4655287E">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00965119">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Liens internet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="175C421C" w14:textId="1A2D152E" w:rsidR="00E76516" w:rsidRDefault="00E76516">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00E76516">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Agile</w:t>
         </w:r>
         <w:r w:rsidR="00727A5C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> :</w:t>
         </w:r>
         <w:r w:rsidRPr="00E76516">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> Fa</w:t>
         </w:r>
         <w:r w:rsidR="00D25366">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
         <w:r w:rsidRPr="00E76516">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>tière des organisations d'entraide-handicap</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2138D7FA" w14:textId="5C994FAE" w:rsidR="009358CD" w:rsidRDefault="009358CD">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="009358CD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>B</w:t>
         </w:r>
         <w:r w:rsidR="00885442">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">FEH : </w:t>
         </w:r>
         <w:r w:rsidRPr="009358CD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Bureau fédéral de l'égalité pour les personnes </w:t>
         </w:r>
         <w:r w:rsidR="00FD7454">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">en situation de </w:t>
         </w:r>
         <w:r w:rsidRPr="009358CD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>handicap</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="046FB5E2" w14:textId="02C76CA8" w:rsidR="001C4249" w:rsidRDefault="001C4249">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="001C4249">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Couper l’herbe sous les roues</w:t>
         </w:r>
         <w:r w:rsidR="00D068EC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> : infolettre hebdomadair</w:t>
         </w:r>
         <w:r w:rsidR="00377EE5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>e pour une vision juste et inclusive de la diversité humain</w:t>
         </w:r>
         <w:r w:rsidR="00D068EC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00377EE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD0B965" w14:textId="19924D6A" w:rsidR="0025236E" w:rsidRDefault="0025236E" w:rsidP="0025236E">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="002A30DD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Inclusion Handicap</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> :</w:t>
         </w:r>
         <w:r w:rsidRPr="002A30DD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> Association fa</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
         <w:r w:rsidRPr="002A30DD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>tière des organisations suisses de personnes</w:t>
         </w:r>
         <w:r w:rsidR="00FD7454">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> en situation de</w:t>
         </w:r>
         <w:r w:rsidRPr="002A30DD">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> handicap</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52BB7CB1" w14:textId="77777777" w:rsidR="00303A8F" w:rsidRDefault="00303A8F" w:rsidP="00303A8F">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="003336C7">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Initiative pour l'inclusion</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2020EE39" w14:textId="650875BC" w:rsidR="00A46FF1" w:rsidRDefault="00D975B5">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Insieme</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00FD7454">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> Suisse</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> : A</w:t>
         </w:r>
         <w:r w:rsidR="00637710">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">ssociation d'aide pour les personnes </w:t>
         </w:r>
         <w:r w:rsidR="00FD7454">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">ayant un </w:t>
         </w:r>
         <w:r w:rsidR="00637710">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>handicap mental</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A21B1F5" w14:textId="26954801" w:rsidR="00B943FB" w:rsidRDefault="00B943FB">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00C41DA0">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Procap</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> : </w:t>
         </w:r>
         <w:r w:rsidRPr="00C41DA0">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Pour personnes </w:t>
         </w:r>
         <w:r w:rsidR="00FD7454">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">en situation de </w:t>
         </w:r>
         <w:r w:rsidRPr="00C41DA0">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">handicap </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D82051F" w14:textId="47142023" w:rsidR="00C41DA0" w:rsidRDefault="00FA148C">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Pro </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Infirmis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> : O</w:t>
         </w:r>
         <w:r w:rsidR="00A46FF1" w:rsidRPr="00A46FF1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>rganisation professionnelle pour les personnes en situation de handicap</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01470CC7" w14:textId="6F5A5B9D" w:rsidR="00E6670D" w:rsidRPr="00E12225" w:rsidRDefault="00137371" w:rsidP="00E12225">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc215222854"/>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Tour d’horizo</w:t>
       </w:r>
       <w:r w:rsidR="00720712" w:rsidRPr="00E168EE">
         <w:t>n</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="0C2F2136" w14:textId="1610FAD3" w:rsidR="00BC29FA" w:rsidRPr="00BC29FA" w:rsidRDefault="00BC29FA" w:rsidP="00BC29FA">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC29FA">
         <w:t xml:space="preserve">Conseil fédéral </w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC29FA">
         <w:t xml:space="preserve"> Meilleure prise en charge des personnes atteintes de démence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0719BE0E" w14:textId="4D71733D" w:rsidR="00BC29FA" w:rsidRPr="00BC29FA" w:rsidRDefault="00BC29FA" w:rsidP="00BC29FA">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC29FA">
         <w:t>Compte tenu du vieillissement démographique, le nombre de personnes atteintes de démence va fortement augmenter en Suisse au cours des prochaines décennies. Lors de sa séance du 19 novembre 2025, le Conseil fédéral a approuvé le rapport rédigé en réponse au postulat 22.3867 «</w:t>
       </w:r>
       <w:r w:rsidR="00F4720F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC29FA">
         <w:t>Prise en charge des personnes atteintes de démence. Améliorer le financement</w:t>
       </w:r>
       <w:r w:rsidR="00F4720F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC29FA">
         <w:t>» . Il souligne l’importance d’une prise en charge et de soins encore plus axés sur les personnes atteintes de démence et leurs proches.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31ED60B6" w14:textId="224D9A21" w:rsidR="00BC29FA" w:rsidRDefault="00BC29FA" w:rsidP="00BC29FA">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00BC29FA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Vers le communiqué. </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00BC29FA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>du</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="00BC29FA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> 19.11.2025 sur le Portail du Gouvernement suisse</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC29FA">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC29FA">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00BC29FA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le rapport en réponse au postulat 22.3867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="110BEA6E" w14:textId="068B8802" w:rsidR="00154CBB" w:rsidRPr="003334CE" w:rsidRDefault="00154CBB" w:rsidP="00380806">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="003334CE">
         <w:t xml:space="preserve">Parlement </w:t>
       </w:r>
       <w:r w:rsidR="00144DA8">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t xml:space="preserve"> Le Conseil des États en faveur du droit de vote pour les personnes en situation de handicap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112D3749" w14:textId="4C8F9F83" w:rsidR="00154CBB" w:rsidRPr="003334CE" w:rsidRDefault="00154CBB" w:rsidP="00154CBB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="003334CE">
         <w:t xml:space="preserve">Le 15 septembre </w:t>
       </w:r>
       <w:r w:rsidR="005F7308">
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>, le Conseil des État a adopté par 29 voix contre 13 la</w:t>
       </w:r>
       <w:r w:rsidR="00144DA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t xml:space="preserve">motion </w:t>
       </w:r>
       <w:r w:rsidR="005F7308">
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>Droits politiques pour les personnes en situation de handicap</w:t>
       </w:r>
       <w:r w:rsidR="005F7308">
         <w:t> »</w:t>
       </w:r>
@@ -2094,545 +2094,545 @@
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>interdites pour cause de maladie mentale ou de faiblesse d'esprit</w:t>
       </w:r>
       <w:r w:rsidR="00D213EC">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>» ne sont pas autorisées à voter. En Suisse, environ 1</w:t>
       </w:r>
       <w:r w:rsidR="00144DA8">
         <w:t>6 </w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>000 personnes sont concernées. Le Conseil fédéral a désormais pour tâche de mettre en œuvre la motion. Comme celle-ci demande la suppression du texte discriminatoire de la Constitution, un référendum sera nécessaire.</w:t>
       </w:r>
       <w:r w:rsidR="00144DA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003334CE">
         <w:t>La date de ce référendum n'est pas encore connue. Il sera toutefois l'occasion d'aborder la question de l'égalité et de la participation des personnes en situation de handicap à la société.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E55C20" w14:textId="0D0B2261" w:rsidR="00154CBB" w:rsidRDefault="00154CBB" w:rsidP="00811F91">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="003334CE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Lien vers le communiqué de Pro </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="003334CE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Infirmis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="003334CE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> du 15.09.2025</w:t>
         </w:r>
         <w:r w:rsidRPr="003334CE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:br/>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="003334CE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Lien vers la motion 24.4266 sur le site de l'Assemblée fédérale</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7CDFF952" w14:textId="0C315F9E" w:rsidR="00154CBB" w:rsidRPr="00F3165A" w:rsidRDefault="00154CBB" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F3165A">
         <w:lastRenderedPageBreak/>
         <w:t>OFAS</w:t>
       </w:r>
       <w:r w:rsidR="0076057D">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00F3165A">
         <w:t>Rapport sur le rôle des partenaires sociaux dans la réadaptation professionnelle des personnes atteintes dans leur santé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="376CC117" w14:textId="5425ACA2" w:rsidR="00154CBB" w:rsidRPr="00F3165A" w:rsidRDefault="00154CBB" w:rsidP="00154CBB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00F3165A">
         <w:t xml:space="preserve">Ce rapport de recherche se penche sur les modèles volontaires et les modèles obligatoires (modèles de quotas) pour la réadaptation professionnelle des personnes atteintes dans leur santé. Pour ce faire, il effectue tout d’abord une analyse systématique de l’état actuel de la recherche internationale. La recherche s’articule ensuite autour de six études de cas dans des pays sans obligation légale d’employer de telles personnes (Suisse, Royaume-Uni, Suède) et dans des pays qui présentent une telle obligation (Pays-Bas, France, Allemagne). </w:t>
       </w:r>
       <w:r w:rsidR="00BF5E4A">
         <w:t>Ensuite, i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3165A">
         <w:t>l établit une typologie des systèmes nationaux de réadaptation professionnelle et des fonctions exercées par les partenaires sociaux dans ce domaine. Le rapport est mis à disposition en allemand avec des résumés en français, allemand, italien et anglais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7F2CA0" w14:textId="6DFCF9E6" w:rsidR="00154CBB" w:rsidRPr="00154CBB" w:rsidRDefault="00154CBB" w:rsidP="00811F91">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00F3165A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le communiqué du Portail du gouvernement suisse du 02.09.2.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="03387C8A" w14:textId="31F93AEA" w:rsidR="00B12331" w:rsidRPr="00B12331" w:rsidRDefault="00B12331" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve">CDIP </w:t>
       </w:r>
       <w:r w:rsidR="005C672E">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B12331">
         <w:t>Klára</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> Sokol devient la nouvelle secrétaire générale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290E60F3" w14:textId="775658A5" w:rsidR="00B12331" w:rsidRPr="00B12331" w:rsidRDefault="00B12331" w:rsidP="00B12331">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve">Lors de leur assemblée annuelle qui s’est tenue à Lucerne, les directrices et directeurs cantonaux de l’instruction publique ont élu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B12331">
         <w:t>Klára</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> Sokol comme nouvelle secrétaire générale de la CDIP.</w:t>
       </w:r>
       <w:r w:rsidR="005C672E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B12331">
         <w:t>Klára</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> Sokol est l’actuelle directrice de la Fondation éducation21 et dispose d’un bagage académique vaste et solide. Elle assumera sa nouvelle fonction de secrétaire générale de la CDIP à compter du 1</w:t>
       </w:r>
       <w:r w:rsidR="003649F3" w:rsidRPr="003649F3">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="003649F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve">mars 2026. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B12331">
         <w:t>Klára</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> Sokol succède à Susanne Hardmeier, qui quittera la CDIP à la fin de cette année 2025. Juriste de formation, elle était entrée à la CDIP en 2008 en tant que responsable de la planification et était devenue secrétaire générale adjointe en 2011. Susanne Hardmeier avait ensuite été nommée secrétaire générale de la CDIP en octobre 2016.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AA0134" w14:textId="77777777" w:rsidR="00B12331" w:rsidRPr="00B12331" w:rsidRDefault="00B12331" w:rsidP="00B12331">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00B12331">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Lien vers le communiqué de la CDIP du 31.10.2025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3145DFCF" w14:textId="7A7D5056" w:rsidR="00CE1E83" w:rsidRPr="00CE1E83" w:rsidRDefault="00D213EC" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00CE1E83" w:rsidRPr="00CE1E83">
         <w:t xml:space="preserve">DIP </w:t>
       </w:r>
       <w:r w:rsidR="003649F3">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00CE1E83" w:rsidRPr="00CE1E83">
         <w:t>Consultation sur l’ordonnance relative à l’intervention précoce intensive en cas de troubles du spectre de l’autisme</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A7E6C2" w14:textId="445CA096" w:rsidR="00CE1E83" w:rsidRPr="00CE1E83" w:rsidRDefault="00CE1E83" w:rsidP="00CE1E83">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00CE1E83">
         <w:t>Fin juin 2025, la Confédération a ouvert la consultation sur l’ordonnance relative à l’intervention précoce intensive en cas de troubles du spectre de l’autisme (OIPIA). Sur le fond, le projet d’ordonnance se réfère aux modifications de la loi fédérale sur l’assurance-invalidité (LAI) qui ont été adoptées et règle le calcul des forfaits, les modalités de la surveillance et certains aspects de la protection des données en lien avec l’intervention précoce intensive (IPI). L’OIPIA met fin au projet pilote et garantit la participation de l’assurance-invalidité (AI) aux coûts de l’IPI au-delà de 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="244C8329" w14:textId="2596C32A" w:rsidR="00CE1E83" w:rsidRPr="00CE1E83" w:rsidRDefault="00CE1E83" w:rsidP="00CE1E83">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00CE1E83">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Lien vers la</w:t>
         </w:r>
         <w:r w:rsidR="000E6317">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> prise de position </w:t>
         </w:r>
         <w:r w:rsidR="009117B1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>de la</w:t>
         </w:r>
         <w:r w:rsidRPr="00CE1E83">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> consultation sur l’</w:t>
         </w:r>
         <w:r w:rsidR="00A51323">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>OIPIA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3B6369A4" w14:textId="6B6BB587" w:rsidR="00596381" w:rsidRPr="00596381" w:rsidRDefault="00596381" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00596381">
         <w:t>CDIP</w:t>
       </w:r>
       <w:r w:rsidR="009117B1">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00596381">
         <w:t>Offres scolaires en milieu hospitalier</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD89BA1" w14:textId="0B883AB4" w:rsidR="00596381" w:rsidRPr="00596381" w:rsidRDefault="00596381" w:rsidP="00596381">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00596381">
         <w:t>Le Comité de la CDIP a décidé que le nouvel accord intercantonal sur les offres scolaires en milieu hospitalier (AOSH) entrera en vigueur le 1</w:t>
       </w:r>
       <w:r w:rsidR="009117B1" w:rsidRPr="009117B1">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="009117B1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00596381">
         <w:t>janvier 2026. Tous les cantons qui ont adhéré à l’AOSH pourront mieux gérer les indemnités à verser grâce à la simplification et à l’harmonisation amenées par l’accord. À l’heure actuelle, les cantons ne règlementent pas de la même manière l’indemnisation des coûts liés à la fréquentation d’une école à l’hôpital située hors du canton de domicile.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D774A2" w14:textId="77777777" w:rsidR="00596381" w:rsidRPr="00596381" w:rsidRDefault="00596381" w:rsidP="00596381">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00596381">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Lien vers le communiqué de la CDIP du 11.09.2025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="315E40EC" w14:textId="41FFFE73" w:rsidR="00877811" w:rsidRPr="00877811" w:rsidRDefault="00BF4D7D" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r>
         <w:t>ARTIS</w:t>
       </w:r>
       <w:r w:rsidR="00A371D4">
         <w:t>ET</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00877811" w:rsidRPr="00877811">
         <w:t>Grille de compétences «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877811" w:rsidRPr="00877811">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>EmpowerAssist</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00877811" w:rsidRPr="00877811">
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07ED61FF" w14:textId="0C5A2D91" w:rsidR="00877811" w:rsidRPr="00877811" w:rsidRDefault="00877811" w:rsidP="00877811">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00877811">
         <w:t xml:space="preserve">La grille de compétences </w:t>
       </w:r>
       <w:r w:rsidR="00FD4CF8">
         <w:t>« </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00877811">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>EmpowerAssist</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD4CF8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00877811">
         <w:t>» d'ARTISET aide les organes spécialistes, les prestataires de formation et les organisations à développer leur offre de formation dans le domaine de l‘accompagnement des personnes en situation de handicap. Elle sert d‘instrument d‘orientation pratique pour la révision de la formation initiale, de la formation professionnelle supérieure, des plans d‘études cadres et des formations continues spécifiques</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D53952" w14:textId="7A92C6EC" w:rsidR="00877811" w:rsidRPr="00877811" w:rsidRDefault="00877811" w:rsidP="00877811">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00877811">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la page Projet «</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00877811">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>EmpowerAssist</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00877811">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>» sur le site Plan d'action CDPH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F07DF29" w14:textId="77777777" w:rsidR="000A6FFF" w:rsidRPr="000A6FFF" w:rsidRDefault="000A6FFF" w:rsidP="000A6FFF">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="000A6FFF">
         <w:lastRenderedPageBreak/>
         <w:t>ASPEDA – Résultats de l’enquête sur la compensation des désavantages</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C08D5E7" w14:textId="2FCC9099" w:rsidR="000A6FFF" w:rsidRDefault="000A6FFF" w:rsidP="000A6FFF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00380806">
         <w:t>En 2023, un groupe de travail de</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> l’Association suisse de parents d'enfants déficients auditifs (</w:t>
       </w:r>
       <w:r w:rsidRPr="00380806">
         <w:t>ASPEDA</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00380806">
         <w:t xml:space="preserve"> s'est penché sur la question de la compensation des désavantages chez les enfants sourds et malentendants. Une enquête a été lancée à l'échelle nationale afin de mesurer la satisfaction des parents en matière de compensation des désavantages et de recenser leurs expériences. Cette enquête, qui s'est déroulée de septembre 2023 à avril 2025, a été remplie par environ 140 personnes, principalement des parents d'enfants sourds ou malentendants. Le groupe de travail a ensuite évalué les résultats de l'enquête. Conclusion</w:t>
       </w:r>
       <w:r w:rsidR="007D1A5B">
         <w:t> :</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
       <w:r w:rsidRPr="00380806">
         <w:t>es parents souhaitent obtenir des informations plus détaillées sur le sujet complexe de la compensation des désavantages et sa mise en œuvre dans la pratique</w:t>
       </w:r>
       <w:r w:rsidR="0027662B">
         <w:t xml:space="preserve"> (voir les résultats de l’enquête).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2798459F" w14:textId="77777777" w:rsidR="00E551C5" w:rsidRPr="00E551C5" w:rsidRDefault="00E551C5" w:rsidP="00E551C5">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00E551C5">
         <w:t>Le groupe de travail a élaboré un aide-mémoire qui fournit des informations importantes sur ce thème. Pour bénéficier d'une compensation des désavantages, certaines conditions doivent être remplies. Une bonne collaboration interdisciplinaire est de ce fait essentielle à la mise en œuvre de mesures adaptées. Par la suite, les parents et les adultes qui entourent l’enfant doivent effectuer un suivi régulier des mesures mises en place, et les réajuster si nécessaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A02C6A0" w14:textId="29781068" w:rsidR="000A6FFF" w:rsidRDefault="000A6FFF" w:rsidP="000A6FFF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00D248E1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers les résultats de l’enquête sur la compensation des désavantage</w:t>
         </w:r>
         <w:r w:rsidR="00320E05">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>s sur le site de l’ASPEDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F98C7A0" w14:textId="7245D109" w:rsidR="00477292" w:rsidRPr="00E551C5" w:rsidRDefault="00477292" w:rsidP="00477292">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId41" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId42" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers l’a</w:t>
         </w:r>
         <w:r w:rsidRPr="00E551C5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">ide-mémoire </w:t>
         </w:r>
         <w:r w:rsidR="00320E05">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">sur la </w:t>
         </w:r>
         <w:r w:rsidRPr="00E551C5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>compensation des désavantage</w:t>
         </w:r>
         <w:r w:rsidR="00320E05">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>s sur le site de l’ASPEDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="71359120" w14:textId="77777777" w:rsidR="00131429" w:rsidRPr="00D033C8" w:rsidRDefault="00131429" w:rsidP="00131429">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D033C8">
         <w:t>CSPS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12331">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>Prix du mérite en pédagogie spécialisée</w:t>
       </w:r>
       <w:r>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t xml:space="preserve"> le jury a choisi</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F0D72C2" w14:textId="77777777" w:rsidR="00131429" w:rsidRPr="00D033C8" w:rsidRDefault="00131429" w:rsidP="00131429">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00D033C8">
         <w:t xml:space="preserve">Nous avons le plaisir de vous présenter la lauréate du Prix du mérite en pédagogie spécialisée 2026. Il s'agit </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t xml:space="preserve">Katja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D033C8">
         <w:t>Bächli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, pour son mémoire de Master </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>intitulé </w:t>
       </w:r>
       <w:r>
         <w:t>« </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -2783,265 +2783,265 @@
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t xml:space="preserve"> TSA – Activité professionnelle des femmes ayant reçu un diagnostic tardif de trouble du spectre </w:t>
       </w:r>
       <w:r>
         <w:t>de l’autisme</w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>Parmi les nombreux travaux de Master en lice, le jury a sélectionné ce mémoire parce qu'il traite d'un sujet d'actualité largement délaissé par la recherche jusqu'à présent. Ce travail sera publié aux éditions SZH/CSPS en 2026.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D033C8">
         <w:t>Nous félicitons la lauréate pour son travail et remercions chaleureusement les candidates et candidats pour les nombreuses soumissions très intéressantes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F85950" w14:textId="77777777" w:rsidR="00131429" w:rsidRPr="003649F3" w:rsidRDefault="00131429" w:rsidP="00131429">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00D033C8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Lien vers la page Prix du méri</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
         <w:r w:rsidRPr="00D033C8">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>e en pédagogie spécialisée sur le site du CSPS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4E2267FC" w14:textId="6327D2E6" w:rsidR="0009685D" w:rsidRPr="0009685D" w:rsidRDefault="0009685D" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="0009685D">
         <w:t>Frieda</w:t>
       </w:r>
       <w:r w:rsidR="003B33C4">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t xml:space="preserve">16 jours contre la violence basée sur le genre et </w:t>
       </w:r>
       <w:r w:rsidR="003B33C4">
         <w:t xml:space="preserve">le </w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t>handicap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18FC1739" w14:textId="394CC265" w:rsidR="0009685D" w:rsidRPr="0009685D" w:rsidRDefault="0009685D" w:rsidP="0009685D">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="0009685D">
         <w:t>Chaque année, du 25 novembre au 10 décembre, plus de 300 organisations en Suisse se mobilisent contre la violence de genre. La campagne est coordonnée par Frieda – L’ONG féministe pour la paix, active depuis 18 ans en Suisse alémanique, et depuis 2023 dans toute la Suisse. Chaque édition met en lumière un angle trop souvent passé sous silence. En 2025, la campagne se centre sur une réalité ignorée</w:t>
       </w:r>
       <w:r w:rsidR="003B33C4">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t>: la violence de genre vécue par les personnes en situation de handicap.</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t xml:space="preserve">Les femmes et personnes queer en situation de handicap – notamment celles dépendantes d’une aide, vivant en institution ou avec des troubles invisibles – sont </w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t>deux</w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t>quatre</w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t xml:space="preserve"> fois plus exposées aux violences. Les revendications concernant cette question</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0009685D">
         <w:t>sont disponibles sur le site 16 jours contre la violence basée sur le genre</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360C5FC7" w14:textId="59F63A51" w:rsidR="00331049" w:rsidRDefault="0009685D" w:rsidP="002F0DC8">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="0009685D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la page Thème central sur la page 16 jours contre la violence basée sur le genre</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="70A812BA" w14:textId="7E8BDB1B" w:rsidR="00D213EC" w:rsidRPr="00811F91" w:rsidRDefault="00D213EC" w:rsidP="003E6EEC">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00811F91">
         <w:t>Réseau Convention Istanbul</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00811F91">
         <w:t>Violence envers les personnes en situation de handicap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE366FF" w14:textId="70D6647D" w:rsidR="00D213EC" w:rsidRPr="00811F91" w:rsidRDefault="00D213EC" w:rsidP="00D213EC">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00811F91">
         <w:t>Les personnes en situation de handicap sont particulièrement exposées aux violences, mais restent largement exclues des dispositifs de prévention, de conseil et de protection existants. C’est le constat alarmant dressé par le Réseau Charte pour la prévention des abus sexuels, de la maltraitance et d’autres formes de violation de l’intégrité dans son rapport approfondi «</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00811F91">
         <w:t>Handicap</w:t>
       </w:r>
       <w:r w:rsidR="008C399E">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00811F91">
         <w:t>», publié en annexe du rapport du réseau Convention d'Istanbul.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDA096B" w14:textId="466F42E7" w:rsidR="00D213EC" w:rsidRPr="00D90F35" w:rsidRDefault="00D213EC" w:rsidP="002F0DC8">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="00811F91">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la page Rapport parallèle sur le site Réseau Convention Istanbul</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3E6041D6" w14:textId="77777777" w:rsidR="009456B9" w:rsidRDefault="009456B9">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B468AC0" w14:textId="4E917C74" w:rsidR="005D3F16" w:rsidRPr="00E168EE" w:rsidRDefault="00137371" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc215222855"/>
       <w:r w:rsidRPr="00E168EE">
         <w:lastRenderedPageBreak/>
         <w:t>Ressources</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="19546FE2" w14:textId="77777777" w:rsidR="00110E6A" w:rsidRPr="00E168EE" w:rsidRDefault="00110E6A" w:rsidP="00980656">
       <w:pPr>
         <w:pStyle w:val="Fragen"/>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Les descriptions proviennent des sites mentionnés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29616B76" w14:textId="682D9371" w:rsidR="00D35B39" w:rsidRDefault="00CC4108" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB53D5">
         <w:t>Age</w:t>
       </w:r>
       <w:r w:rsidR="001F3359">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB53D5">
         <w:t>ip</w:t>
       </w:r>
       <w:r w:rsidR="00B63A90">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00D35B39" w:rsidRPr="00DB53D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00785D4F" w:rsidRPr="00DB53D5">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00DB53D5" w:rsidRPr="00DB53D5">
         <w:t>La perception de l</w:t>
       </w:r>
       <w:r w:rsidR="00DB53D5">
         <w:t>’emploi des personnes en situation de handicap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBAE717" w14:textId="4714A163" w:rsidR="00B63A90" w:rsidRPr="00B63A90" w:rsidRDefault="002A3DEA" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t>Depuis 2008, l</w:t>
       </w:r>
       <w:r w:rsidR="00B63A90" w:rsidRPr="00B63A90">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="002B3393">
         <w:t>Ag</w:t>
       </w:r>
       <w:r w:rsidR="006C657E">
         <w:t>efiph (</w:t>
       </w:r>
       <w:r w:rsidR="002B3393" w:rsidRPr="002B3393">
         <w:t>Association de gestion du fonds pour l</w:t>
       </w:r>
       <w:r w:rsidR="00BF6E78">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="002B3393" w:rsidRPr="002B3393">
         <w:t xml:space="preserve">insertion professionnelle des personnes </w:t>
       </w:r>
       <w:r w:rsidR="002B3393">
         <w:t>en situation de handicap</w:t>
       </w:r>
@@ -3125,131 +3125,131 @@
       </w:r>
       <w:r w:rsidR="00B63A90" w:rsidRPr="00B63A90">
         <w:t>édition confirme la persistance de nombreux préjugés et idées reçues sur le handicap en emploi</w:t>
       </w:r>
       <w:r w:rsidR="00F54FD5">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B63A90" w:rsidRPr="00B63A90">
         <w:t xml:space="preserve"> en dépit d’une mise en avant médiatique </w:t>
       </w:r>
       <w:r w:rsidR="00CB39DD">
         <w:t xml:space="preserve">positive </w:t>
       </w:r>
       <w:r w:rsidR="00B63A90" w:rsidRPr="00B63A90">
         <w:t>lors des Jeux paralympiques de Paris</w:t>
       </w:r>
       <w:r w:rsidR="000960D1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B63A90" w:rsidRPr="00B63A90">
         <w:t>2024.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2524DAA6" w14:textId="2225C7F0" w:rsidR="00C640AF" w:rsidRDefault="00637C82" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="008974E7">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le</w:t>
         </w:r>
         <w:r w:rsidR="008A5680" w:rsidRPr="008974E7">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> baromètre</w:t>
         </w:r>
         <w:r w:rsidR="00947C99">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidR="008A5680" w:rsidRPr="008974E7">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">2025 </w:t>
         </w:r>
         <w:r w:rsidR="008974E7" w:rsidRPr="008974E7">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>sur le site d’Agefiph</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20727E7F" w14:textId="7D802DD9" w:rsidR="0058413B" w:rsidRPr="0058413B" w:rsidRDefault="00D858AD" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0058413B">
         <w:t>A.N.A.E. (n</w:t>
       </w:r>
       <w:r w:rsidRPr="0058413B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="0024151B" w:rsidRPr="0058413B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0058413B">
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="009B51FC" w:rsidRPr="0058413B">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0058413B">
         <w:t>) –</w:t>
       </w:r>
       <w:r w:rsidR="009B51FC" w:rsidRPr="0058413B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0058413B" w:rsidRPr="0058413B">
         <w:t>Santé mentale des jeunes</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0058413B" w:rsidRPr="0058413B">
         <w:t>: perspectives neurodéveloppementales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EADA67C" w14:textId="39BB81A2" w:rsidR="00BA1EA3" w:rsidRPr="008A5680" w:rsidRDefault="009B51FC" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="009B51FC">
         <w:t xml:space="preserve">Comment s’en tirent les jeunes les plus vulnérables, </w:t>
       </w:r>
       <w:r w:rsidR="0058413B">
         <w:t xml:space="preserve">celles et </w:t>
       </w:r>
       <w:r w:rsidRPr="009B51FC">
         <w:t>ceux qui présentent déjà des fragilités émotionnelles, des difficultés d’apprentissage, des défis d’adaptation ainsi que des troubles neurodéveloppementaux</w:t>
       </w:r>
       <w:r w:rsidR="0058413B">
         <w:t> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="009B51FC">
         <w:t xml:space="preserve"> Existe-t-il des profils cognitifs qui sous-tendent cette vulnérabilité</w:t>
       </w:r>
       <w:r w:rsidR="0058413B">
         <w:t> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="009B51FC">
         <w:t xml:space="preserve"> Quelle est la contribution du facteur cognitif sur ces trajectoires inéluctables qu’impose l’actualité</w:t>
       </w:r>
       <w:r w:rsidR="00710530">
         <w:t> ?</w:t>
       </w:r>
@@ -3294,166 +3294,166 @@
       </w:r>
       <w:r w:rsidR="006A0379" w:rsidRPr="00B76904">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="001C4F4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B76904" w:rsidRPr="00B76904">
         <w:t xml:space="preserve"> réunit des </w:t>
       </w:r>
       <w:r w:rsidR="00597BF8">
         <w:t xml:space="preserve">expertes et </w:t>
       </w:r>
       <w:r w:rsidR="00B76904" w:rsidRPr="00B76904">
         <w:t>experts de la psychologie, neuropsychologie, pédiatrie, sexologie et éducation spécialisée pour penser ensemble la santé mentale à l’intersection du développement, de l’environnement et des inégalités sociales</w:t>
       </w:r>
       <w:r w:rsidR="00441538">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DECEDF" w14:textId="072658B9" w:rsidR="00D858AD" w:rsidRDefault="00D858AD" w:rsidP="00980656">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00224D74">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le n°</w:t>
         </w:r>
         <w:r w:rsidR="0024151B" w:rsidRPr="00224D74">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00224D74">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r w:rsidR="009B51FC" w:rsidRPr="00224D74">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="00224D74">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> sur le site A.N.A.E.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="59BBF289" w14:textId="77777777" w:rsidR="00AE678D" w:rsidRPr="00871BA2" w:rsidRDefault="00AE678D" w:rsidP="000446F2">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00871BA2">
         <w:t>Autisme suisse romande</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00871BA2">
         <w:t>Annuaire numérique des ressources spécialisées</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A546529" w14:textId="77777777" w:rsidR="00AE678D" w:rsidRPr="00871BA2" w:rsidRDefault="00AE678D" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00871BA2">
         <w:t>Autisme suisse romande met en ligne un annuaire numérique recensant les ressources spécialisées relatives au trouble du spectre de l’autisme (TSA) en Suisse romande. Cet outil vise à faciliter l’accès aux informations liées à l'ensemble des domaines de la vie (santé, loisirs, accompagnement, etc.)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00871BA2">
         <w:t xml:space="preserve">pour les </w:t>
       </w:r>
       <w:r>
         <w:t>personnes professionnelles, les</w:t>
       </w:r>
       <w:r w:rsidRPr="00871BA2">
         <w:t xml:space="preserve"> structures et</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> les</w:t>
       </w:r>
       <w:r w:rsidRPr="00871BA2">
         <w:t xml:space="preserve"> services accueillant les personnes avec TSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B91E2EE" w14:textId="60669C75" w:rsidR="00CC4D3F" w:rsidRDefault="00AE678D" w:rsidP="00980656">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00871BA2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le site Annuaire informatif de ressources en autisme</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1E61A170" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Délibérée (n</w:t>
       </w:r>
       <w:r w:rsidRPr="002554BE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>25) – Handicap : Dévalider la justice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="227B01E5" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC208D">
         <w:t>Dans une société validiste, c</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t>est</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t>à</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t>dire construite par et pour les valides, comment la Justice se positionne-t-elle</w:t>
       </w:r>
       <w:r>
         <w:t> ?</w:t>
       </w:r>
@@ -3540,106 +3540,106 @@
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t>accessibilité. L</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t>ensemble des textes conduit à une conclusion univoque</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC208D">
         <w:t xml:space="preserve">: dévalider la justice conduirait à une justice émancipatrice pour </w:t>
       </w:r>
       <w:r>
         <w:t>toutes et tous.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640472DC" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="00B30474">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la Revue Délibérée (n</w:t>
         </w:r>
         <w:r w:rsidRPr="00B30474">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00B30474">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>23)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="70739157" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Drees (France) – </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1929">
         <w:t xml:space="preserve">Panorama </w:t>
       </w:r>
       <w:r>
         <w:t>de l’</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1929">
         <w:t>aide sociale aux personnes âgées ou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en situation de handicap</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9B98FD" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00265B81">
         <w:t>La Direction de la recherche, des études, de l’évaluation et des statistiques (Drees) publie l’édition</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t xml:space="preserve">2025 du Panorama </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t>L’aide sociale aux personnes âgées ou handicapées</w:t>
       </w:r>
       <w:r>
         <w:t> – Perte d’autonomie et handicap »</w:t>
       </w:r>
@@ -3649,100 +3649,100 @@
       <w:r>
         <w:t>, contenant 16 fiches,</w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t xml:space="preserve"> s’intéresse aux tendances nationales </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">françaises </w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t xml:space="preserve">récentes et passées, concernant à la fois les bénéficiaires et les dépenses associées. Les disparités départementales en matière d’aide sociale aux personnes âgées et </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">en situation </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>de handicap</w:t>
       </w:r>
       <w:r w:rsidRPr="00265B81">
         <w:t xml:space="preserve"> sont également présentées. L’ouvrage décrit les ressources des bénéficiaires, leur lieu de résidence et conditions de vie, en s’appuyant sur de nombreuses sources statistiques. Enfin, il présente des éléments sur les établissements, en mobilisant les enquêtes quadriennales que la Drees mène auprès de ces structures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1848E86C" w14:textId="77777777" w:rsidR="00CC4D3F" w:rsidRPr="00265B81" w:rsidRDefault="00CC4D3F" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="0028742C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le panorama de la Direction de la recherche, des études, de l’évaluation et des statistiques</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00265B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C519F4D" w14:textId="356A76B5" w:rsidR="008B3003" w:rsidRDefault="008B3003" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B3003">
         <w:t>Édubref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B3003">
         <w:t xml:space="preserve"> (n</w:t>
       </w:r>
       <w:r w:rsidRPr="008B3003">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00947C99">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B3003">
         <w:t>29) – Comprendre PISA, entre production de donnée</w:t>
       </w:r>
       <w:r>
         <w:t>s et outil de pilotage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B70FB61" w14:textId="0901037E" w:rsidR="008B3003" w:rsidRDefault="00A948C7" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="001058BB">
         <w:t>L’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001058BB">
         <w:t>Édubref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001058BB">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003B78EB">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="001058BB">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E254DC" w:rsidRPr="001058BB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00947C99">
@@ -3802,199 +3802,199 @@
         <w:t>: le cas PISA</w:t>
       </w:r>
       <w:r w:rsidR="0061608F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001058BB">
         <w:t>», cet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001058BB">
         <w:t>Édubref</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001058BB">
         <w:t> s’intéresse à la construction de l’enquête, à la nature des données produites, aux usages qui en sont faits, ainsi qu’aux controverses qu’elle suscite. L’importance acquise par PISA révèle les mutations d’une culture du pilotage des politiques éducatives, au niveau national et international, qui tend à lier savoirs issus des évaluations et action publique. Ce numéro</w:t>
       </w:r>
       <w:r w:rsidR="00947C99">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001058BB">
         <w:t>29 questionne ainsi la reconfiguration du rôle de l’État en matière de politiques éducatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E3A9E5" w14:textId="06EF9FD1" w:rsidR="008E373C" w:rsidRDefault="008E373C" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00E254DC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers l</w:t>
         </w:r>
         <w:r w:rsidR="007E1C07">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="007E1C07">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Édubref</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="007E1C07">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00A7433F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
         <w:r w:rsidRPr="00E254DC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>n</w:t>
         </w:r>
         <w:r w:rsidRPr="00E254DC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r w:rsidR="00947C99">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00E254DC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
         <w:r w:rsidR="00A7433F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">) </w:t>
         </w:r>
         <w:r w:rsidRPr="00E254DC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>sur le site de Veille &amp; analyses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2C9DDDA5" w14:textId="0CB19732" w:rsidR="0077411C" w:rsidRDefault="007E1C07" w:rsidP="00CC4D3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers</w:t>
         </w:r>
         <w:r w:rsidR="005E175C" w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="005E175C" w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Édurevue</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="005E175C" w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> (n</w:t>
         </w:r>
         <w:r w:rsidR="005E175C" w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r w:rsidR="00947C99">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidR="005E175C" w:rsidRPr="005E175C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>151) sur le site de Veille &amp; analyses</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39F00D92" w14:textId="77777777" w:rsidR="00D56AEC" w:rsidRPr="00596381" w:rsidRDefault="00D56AEC" w:rsidP="003044BE">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00596381">
         <w:t>FSS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00596381">
         <w:t>23 septembre, journée des langues des signes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E099ED" w14:textId="3E3B29E3" w:rsidR="00D56AEC" w:rsidRDefault="00D56AEC" w:rsidP="00D56AEC">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00980656">
         <w:t>La Journée internationale des langues des signes a lieu tous les ans le 23 septembre. Elle fut créée en 1951 par la Fédération mondiale des Sourds (</w:t>
       </w:r>
       <w:r w:rsidRPr="004E4093">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">World </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E4093">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Federation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E4093">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -4017,135 +4017,135 @@
       </w:r>
       <w:r w:rsidRPr="00980656">
         <w:t>WFD</w:t>
       </w:r>
       <w:r w:rsidR="004E4093">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00980656">
         <w:t>). Les Nations Unies ont proclamé officiellement la Journée internationale des langues des signes à partir de 2018.</w:t>
       </w:r>
       <w:r w:rsidR="00BB3A98">
         <w:t xml:space="preserve"> La Fédération suisse des sourds (FSS) a conçu </w:t>
       </w:r>
       <w:r w:rsidR="00F66E01">
         <w:t xml:space="preserve">une fiche d’information sur les langues des signes, qui </w:t>
       </w:r>
       <w:r w:rsidR="00BB3A98" w:rsidRPr="00BB3A98">
         <w:t xml:space="preserve">offre un aperçu complet de l’importance, du développement et de l’utilisation des langues des signes. </w:t>
       </w:r>
       <w:r w:rsidR="006D5E0A">
         <w:t>Une deuxième fiche s’intitule « La surdité en chiffres ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377DDEA2" w14:textId="634C25DC" w:rsidR="00D56AEC" w:rsidRDefault="00D56AEC" w:rsidP="00D56AEC">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00DF5529">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Vers </w:t>
         </w:r>
         <w:r w:rsidR="006074BA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">la fiche informative Aperçu des langues des signes sur </w:t>
         </w:r>
         <w:r w:rsidR="000C67FA">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">le site de la </w:t>
         </w:r>
         <w:r w:rsidRPr="00DF5529">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">FSS </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24943240" w14:textId="7652377B" w:rsidR="00615CCC" w:rsidRPr="00D213EC" w:rsidRDefault="00327734" w:rsidP="00615CCC">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="00327734">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la fiche informative La surdité en chiffre sur le site de la FSS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005114D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBC7EE9" w14:textId="24BB8158" w:rsidR="00007738" w:rsidRDefault="00DB04A3" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pages </w:t>
       </w:r>
       <w:r w:rsidRPr="00874BB4">
         <w:t>Romandes</w:t>
       </w:r>
       <w:r w:rsidR="00601B90" w:rsidRPr="00874BB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D7854" w:rsidRPr="00874BB4">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00711068" w:rsidRPr="00874BB4">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00711068" w:rsidRPr="00874BB4">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00874BB4" w:rsidRPr="00874BB4">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00711068" w:rsidRPr="00874BB4">
         <w:t>/2025)</w:t>
       </w:r>
       <w:r w:rsidR="00007738">
         <w:t xml:space="preserve"> – L’école pour tous</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C77D80" w14:textId="465A94CE" w:rsidR="00216ADD" w:rsidRDefault="002563AF" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t>L’école</w:t>
       </w:r>
       <w:r w:rsidR="009B026C">
         <w:t xml:space="preserve"> dite</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ordinaire n’est actuellement pas conçue pour répondre à l’ensemble des besoins éducati</w:t>
       </w:r>
       <w:r w:rsidR="00C9590E">
         <w:t xml:space="preserve">fs particuliers. Son organisation, </w:t>
       </w:r>
       <w:r w:rsidR="00215784">
         <w:t>le bagage</w:t>
       </w:r>
       <w:r w:rsidR="00C9590E">
         <w:t xml:space="preserve"> des équipes professionnelles et le découpage </w:t>
       </w:r>
       <w:r w:rsidR="00B31672">
         <w:t xml:space="preserve">horaire des apprentissages ne permettent pas d’envisager réellement l’accueil </w:t>
       </w:r>
       <w:r w:rsidR="00E01BB4">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
@@ -4208,111 +4208,111 @@
       </w:r>
       <w:r w:rsidR="00250309">
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
       <w:r w:rsidR="004B29A7">
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
       <w:r w:rsidR="00CF048D">
         <w:t>’entrée en scolarité,</w:t>
       </w:r>
       <w:r w:rsidR="00C53472">
         <w:t xml:space="preserve"> les critères indispensables à une inclusion réussie, </w:t>
       </w:r>
       <w:r w:rsidR="00C419CC">
         <w:t xml:space="preserve">les limites de l’intégration, </w:t>
       </w:r>
       <w:r w:rsidR="00947AD1">
         <w:t>une proposition pour concrétiser la mise en œuvre de la Convention pour les droits des personnes en situation de handicap</w:t>
       </w:r>
       <w:r w:rsidR="00216ADD">
         <w:t xml:space="preserve"> et les formations professionnelles. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026E39F4" w14:textId="7DB11BCA" w:rsidR="00CD17A7" w:rsidRPr="00711068" w:rsidRDefault="00CD17A7" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le n</w:t>
         </w:r>
         <w:r w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
         <w:r w:rsidR="00874BB4" w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>/2025 sur le site de Page</w:t>
         </w:r>
         <w:r w:rsidR="005D6C8D" w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>s Roman</w:t>
         </w:r>
         <w:r w:rsidR="00601B90" w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>d</w:t>
         </w:r>
         <w:r w:rsidR="005D6C8D" w:rsidRPr="00D42887">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10430B92" w14:textId="0C01F6C6" w:rsidR="00CE05E9" w:rsidRDefault="00CE05E9" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Recherche CAHP : une étude des effets croisés entre la situation de handicap et l’expérience cancéreuse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467B7841" w14:textId="132D3F86" w:rsidR="00611D12" w:rsidRPr="00611D12" w:rsidRDefault="00611D12" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00611D12">
         <w:t>La recherche CAHP (Cancer et handicap psychique) interroge les liens entre le cancer et les troubles psychiques.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t>L’objectif global est de définir et d’observer, pour les personnes avec un trouble psychique, les liens que la situation de handicap entretient avec l’expérience cancéreuse (soupçonnée ou diagnostiquée) et, plus largement, avec la santé somatique. Cette recherche s’articule autour de deux focales principales</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t>: les trajectoires de santé et de handicap, pour comprendre les interactions entre facteurs individuels (maladie chronique) et environnementaux (troubles psychiques).</w:t>
       </w:r>
       <w:r w:rsidR="002E430B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t>Cette recherche s</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
@@ -4331,171 +4331,171 @@
       </w:r>
       <w:r w:rsidR="00240192">
         <w:t>personnes</w:t>
       </w:r>
       <w:r w:rsidR="00514F0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t>soigné</w:t>
       </w:r>
       <w:r w:rsidR="00514F0F">
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t xml:space="preserve"> non</w:t>
       </w:r>
       <w:r w:rsidR="00BA55D3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611D12">
         <w:t>discriminantes qui favorisent l’accessibilité aux centres d’oncologie, l’égalité de soins et l’intégration pleine et effective à la prévention et aux protocoles de prise en charge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED30919" w14:textId="4B0FAB00" w:rsidR="00240192" w:rsidRPr="00982607" w:rsidRDefault="00240192" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="00477E3D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la page de la recherche CAHP sur le site de la FIRAH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54814E32" w14:textId="49EAC17C" w:rsidR="00F50F85" w:rsidRDefault="00F50F85" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00575B2D">
         <w:t>Résonances (n</w:t>
       </w:r>
       <w:r w:rsidRPr="00575B2D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00D02D09" w:rsidRPr="00575B2D">
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidRPr="00575B2D">
         <w:t>/2025)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3C07">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00DC3C07" w:rsidRPr="00DC3C07">
         <w:t>Bouger à l</w:t>
       </w:r>
       <w:r w:rsidR="00DC3C07">
         <w:t>’école</w:t>
       </w:r>
       <w:r w:rsidR="00271D74">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00DC3C07">
         <w:t>ne pas bouger à l’école</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D09368A" w14:textId="4F71F488" w:rsidR="00DC3C07" w:rsidRPr="00DC3C07" w:rsidRDefault="00DC3C07" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC3C07">
         <w:t>Bouger et ne pas bouger à l’école semblent être les deux faces d’une même pièce. Le calme est une condition nécessaire aux apprentissages, le mouvement aussi, mais quelles places ont-ils en classe</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3C07">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="000A14C7">
         <w:t xml:space="preserve"> Dans ce numéro, </w:t>
       </w:r>
       <w:r w:rsidR="00E9599D">
         <w:t xml:space="preserve">Résonnance </w:t>
       </w:r>
       <w:r w:rsidR="005E6FF1">
         <w:t>présente différents projet</w:t>
       </w:r>
       <w:r w:rsidR="002D22D1">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="005E6FF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9599D">
         <w:t>permettant la mise en mouvement</w:t>
       </w:r>
       <w:r w:rsidR="002D22D1">
         <w:t xml:space="preserve">, ou à l’inverse, </w:t>
       </w:r>
       <w:r w:rsidR="00E9599D">
         <w:t>le retour au calme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA1AF6C" w14:textId="1A830BF5" w:rsidR="00F50F85" w:rsidRDefault="00F50F85" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="00000767">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le site de Résonnances</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7D36BC0D" w14:textId="79274552" w:rsidR="00F94113" w:rsidRDefault="00C04B30" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Santé sexuelle </w:t>
       </w:r>
       <w:r w:rsidR="00443A85">
         <w:t xml:space="preserve">suisse </w:t>
       </w:r>
       <w:r w:rsidR="00F94113">
         <w:t xml:space="preserve">– Brochure destinée aux jeunes rédigée en langage </w:t>
       </w:r>
       <w:r w:rsidR="003F0FA9">
         <w:t>simplifié</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160B1858" w14:textId="38A3C865" w:rsidR="00F94113" w:rsidRDefault="00AF0471" w:rsidP="00F94113">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En plus de convenir </w:t>
       </w:r>
       <w:r w:rsidR="003F0FA9">
         <w:t>aux jeunes dès 12</w:t>
       </w:r>
       <w:r w:rsidR="00207C7F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003F0FA9">
         <w:t>ans</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, la brochure « Ta sexualité – tes droits » convient et </w:t>
       </w:r>
       <w:r w:rsidR="003F0FA9">
         <w:t>aux personnes en situation de handicap</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E5479C">
         <w:t xml:space="preserve">Elle permet </w:t>
       </w:r>
@@ -4516,260 +4516,260 @@
       </w:r>
       <w:r w:rsidR="00443A85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0471">
         <w:t>La brochure peut être commandée en français</w:t>
       </w:r>
       <w:r w:rsidR="00443A85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0471">
         <w:t xml:space="preserve">sur notre </w:t>
       </w:r>
       <w:r w:rsidR="00443A85">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0471">
         <w:t>hop</w:t>
       </w:r>
       <w:r w:rsidR="00443A85">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAF5216" w14:textId="09E0C0D5" w:rsidR="00443A85" w:rsidRPr="00F94113" w:rsidRDefault="00443A85" w:rsidP="00F94113">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="00BA1270">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le shop de Santé sexuelle suisse</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="69BA11AD" w14:textId="37D944EC" w:rsidR="00422AFA" w:rsidRDefault="00422AFA" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F05741">
         <w:t>Siiicuro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t> – E</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05741">
         <w:t>n route av</w:t>
       </w:r>
       <w:r>
         <w:t>ec plaisir !</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22450A64" w14:textId="6522B2FA" w:rsidR="00422AFA" w:rsidRDefault="00422AFA" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00F05741">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
         </w:rPr>
         <w:t>L’éducation à la sécurité routière est une thématique importante et quotidienne. Les parcours de vie influencent les processus d’apprentissage et le développement des compétences nécessaires pour se déplacer de manière agréable et sécurisée.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> « </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F05741">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
         </w:rPr>
         <w:t>Siiicuro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F05741">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
         </w:rPr>
         <w:t xml:space="preserve"> – En route avec plaisir</w:t>
       </w:r>
       <w:r>
         <w:t> ! »</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05741">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
         </w:rPr>
         <w:t xml:space="preserve"> permet de favoriser l’accès aux informations nécessaires, les interactions positives et l’inclusion dans l’éducation à la sécurité routière. Le matériel pédagogique a été développé avec des </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enseignantes et </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05741">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
         </w:rPr>
         <w:t>enseignants travaillant avec des élèves ayant des besoins spécifiques. Il a été testé grâce à la participation d’enfants et de jeunes concernés. Il peut être utilisé de manière variée et créative en fonction des besoins.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Trois outils gratuits permettent de favoriser l’éducation à la sécurité routière.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAC716C" w14:textId="77777777" w:rsidR="00422AFA" w:rsidRPr="00F05741" w:rsidRDefault="00422AFA" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="00B737D1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Vers le site de </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00B737D1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Siicuro</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00B737D1">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> – En route avec plaisir</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B5CF007" w14:textId="1739373C" w:rsidR="00CE05E9" w:rsidRDefault="00CE05E9" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00982607">
         <w:t>TACTILVR</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00982607">
         <w:t>: Le livre comme outil de communication et d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00982607">
         <w:t>intervention précoce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0770FA83" w14:textId="7E8D99C4" w:rsidR="00CE05E9" w:rsidRDefault="00CE05E9" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>objectif général du projet de recherche TACTILVR a été de pouvoir mieux répondre à l’enjeu de l’accès pour toutes et tous au livre et à la lecture, afin de faciliter la participation sociale des personnes en situation de handicap. Le projet a cherché à analyser les pratiques de lecture partagée dans les familles d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>enfants avec une déficience visuelle et/ou cognitive (enfants de 2 à 6</w:t>
       </w:r>
       <w:r w:rsidR="00813742">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ans), et de concevoir des livres tactiles adaptés et accessibles, à partir d’une démarche participative impliquant des parents, des enfants, des professionnelles et professionnels. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B74EE">
         <w:t>Ce projet a permis la réalisation d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004B74EE">
         <w:t>un guide pratique s</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004B74EE">
         <w:t>appuyant sur les recommandations générales identifiées par ce travail de recherche</w:t>
       </w:r>
       <w:r w:rsidR="00C5047A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4C074F" w14:textId="35D0F34D" w:rsidR="00880C23" w:rsidRDefault="00CE05E9" w:rsidP="006F05A0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="00465580">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la page de la recherche TACTILVR sur le site de la FIRAH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="652B0267" w14:textId="51925672" w:rsidR="00CD274D" w:rsidRDefault="00CD274D" w:rsidP="00CD274D">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r>
         <w:t>UCBA</w:t>
       </w:r>
       <w:r w:rsidR="00442672">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00442672">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="0026047B" w:rsidRPr="0026047B">
         <w:t xml:space="preserve">idéo explicative destinée au corps enseignant et aux spécialistes du milieu scolaire </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ABCE20E" w14:textId="2EDADC21" w:rsidR="0026047B" w:rsidRDefault="0026047B" w:rsidP="0026047B">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="0026047B">
         <w:t xml:space="preserve">Le but de la vidéo explicative </w:t>
       </w:r>
       <w:r w:rsidR="00432EA7">
         <w:t>de l’UCBA</w:t>
       </w:r>
       <w:r w:rsidR="00337B14">
         <w:t xml:space="preserve"> (Union central suisse pour le bien des aveugles)</w:t>
       </w:r>
       <w:r w:rsidR="00432EA7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0026047B">
         <w:t xml:space="preserve">est de sensibiliser le corps enseignant et les spécialistes du milieu scolaire à </w:t>
       </w:r>
       <w:r w:rsidR="008B4B22">
         <w:t>la déficienc</w:t>
       </w:r>
       <w:r w:rsidR="009D0453">
         <w:t>e visuelle</w:t>
       </w:r>
       <w:r w:rsidR="00740036">
         <w:t xml:space="preserve"> ainsi que </w:t>
       </w:r>
@@ -4831,110 +4831,110 @@
         <w:t xml:space="preserve"> recommandation d'une consultation)</w:t>
       </w:r>
       <w:r w:rsidR="00566F28">
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
       <w:r w:rsidRPr="0026047B">
         <w:t xml:space="preserve">les offres de soutien des services de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0026047B">
         <w:t>visiopédagogie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0026047B">
         <w:t xml:space="preserve"> (conseil, compensation des désavantages liés au handicap, formation aux moyens auxiliaires, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="00566F28">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0026047B">
         <w:t>Ainsi, nous offrons aux enfants et aux jeunes vivant avec une déficience visuelle des chances équitables d’apprentissage et de réussite dans la vie scolaire quotidienne.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB4CE19" w14:textId="1493840E" w:rsidR="00B27DF6" w:rsidRDefault="00901003" w:rsidP="001B16F6">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="00AB2D6D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Vers la vidéo explicative sur </w:t>
         </w:r>
         <w:r w:rsidR="00AB2D6D" w:rsidRPr="00AB2D6D">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>YouTube</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0843C515" w14:textId="75B44480" w:rsidR="004C3CB8" w:rsidRPr="00E168EE" w:rsidRDefault="00137371" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc215222856"/>
       <w:r w:rsidRPr="00E168EE">
         <w:lastRenderedPageBreak/>
         <w:t>Livres</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="2AEC629D" w14:textId="34512A61" w:rsidR="00F828E6" w:rsidRPr="00E168EE" w:rsidRDefault="00977CE0" w:rsidP="002A1797">
       <w:pPr>
         <w:pStyle w:val="Fragen"/>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00F828E6" w:rsidRPr="00E168EE">
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:r w:rsidR="00C0590D" w:rsidRPr="00E168EE">
         <w:t>résumés</w:t>
       </w:r>
       <w:r w:rsidR="004E20A7" w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> des livres</w:t>
       </w:r>
       <w:r w:rsidR="00F828E6" w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002077F1" w:rsidRPr="00E168EE">
         <w:t>proviennent des</w:t>
       </w:r>
       <w:r w:rsidR="00C7532F" w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> maisons</w:t>
       </w:r>
       <w:r w:rsidR="00B6291B" w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> d’édition</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57270302" w14:textId="01CACBD9" w:rsidR="000C33F0" w:rsidRDefault="0034540F" w:rsidP="00E4273A">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0034540F">
         <w:t>Handicap et santé</w:t>
       </w:r>
       <w:r w:rsidR="00E74096">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0034540F">
         <w:t>Expériences professionnelles et perspectives critiques</w:t>
       </w:r>
       <w:r w:rsidR="00EB20FF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F2A25">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00F03215" w:rsidRPr="00F03215">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000062E5">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002923A7">
         <w:t> </w:t>
@@ -4995,154 +4995,154 @@
       </w:r>
       <w:r w:rsidR="00FC08C0" w:rsidRPr="00E4273A">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Presses universitaire</w:t>
       </w:r>
       <w:r w:rsidR="00BA55D3">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00FC08C0" w:rsidRPr="00E4273A">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> de Vincennes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="295D39CF" w14:textId="4F504485" w:rsidR="00E4273A" w:rsidRPr="00A74634" w:rsidRDefault="00E4273A" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper3"/>
+        <w:pStyle w:val="Corpsdetexte3"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4593B101" wp14:editId="5D46CF22">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4121150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>124460</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2601322"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="104140"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-316"/>
                 <wp:lineTo x="-508" y="-158"/>
                 <wp:lineTo x="-508" y="21674"/>
                 <wp:lineTo x="-254" y="22307"/>
                 <wp:lineTo x="22100" y="22307"/>
                 <wp:lineTo x="22608" y="20092"/>
                 <wp:lineTo x="22608" y="2373"/>
                 <wp:lineTo x="21846" y="0"/>
                 <wp:lineTo x="21846" y="-316"/>
                 <wp:lineTo x="0" y="-316"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="122788688" name="Grafik 2">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId61"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId62"/>
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="122788688" name="Grafik 2">
-                      <a:hlinkClick r:id="rId61"/>
+                      <a:hlinkClick r:id="rId62"/>
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62" cstate="print">
+                    <a:blip r:embed="rId63" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2601322"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DE01F0" w14:textId="00DBE6FE" w:rsidR="00E74096" w:rsidRDefault="00E74096" w:rsidP="00E74096">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E74096">
         <w:t xml:space="preserve">Quels services de santé pour les personnes </w:t>
       </w:r>
       <w:r w:rsidR="000062E5">
         <w:t>en situation de handicap ?</w:t>
       </w:r>
       <w:r w:rsidR="00537B7A">
         <w:t xml:space="preserve"> Ce</w:t>
       </w:r>
       <w:r w:rsidRPr="00E74096">
         <w:t xml:space="preserve"> livre interroge les politiques publiques et les pratiques professionnelles. Il pointe l’urgence d’imaginer une approche sociale du handicap dans le champ de la santé.</w:t>
       </w:r>
       <w:r w:rsidR="00537B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00544822">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00E74096">
         <w:t>et ouvrage collectif</w:t>
       </w:r>
       <w:r w:rsidR="005B716F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5208,61 +5208,61 @@
       </w:r>
       <w:r w:rsidR="00D63882">
         <w:t>Il s’</w:t>
       </w:r>
       <w:r w:rsidR="00D63882" w:rsidRPr="003A12F3">
         <w:t>adress</w:t>
       </w:r>
       <w:r w:rsidR="00D63882">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D63882" w:rsidRPr="003A12F3">
         <w:t xml:space="preserve"> au grand public </w:t>
       </w:r>
       <w:r w:rsidR="00D63882">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00D63882" w:rsidRPr="003A12F3">
         <w:t xml:space="preserve"> au monde académique</w:t>
       </w:r>
       <w:r w:rsidR="007B7351">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A93D62C" w14:textId="77777777" w:rsidR="007B7351" w:rsidRDefault="007B7351" w:rsidP="00E74096">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ADB2A0E" w14:textId="77777777" w:rsidR="0095661C" w:rsidRDefault="0095661C" w:rsidP="00E74096">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37CEE288" w14:textId="5BFAECAB" w:rsidR="005C66FB" w:rsidRDefault="005C66FB" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Les élèves en situation de handicap</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0065352D">
         <w:t>Martine</w:t>
       </w:r>
       <w:r w:rsidR="00577D65">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0065352D">
         <w:t>Caraglio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0065352D">
         <w:t xml:space="preserve"> (3</w:t>
       </w:r>
       <w:r w:rsidR="0065352D" w:rsidRPr="0065352D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
@@ -5274,51 +5274,51 @@
       </w:r>
       <w:r w:rsidR="0065352D">
         <w:t>éd</w:t>
       </w:r>
       <w:r w:rsidR="006562E1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0065352D">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006562E1">
         <w:t xml:space="preserve"> (2025)</w:t>
       </w:r>
       <w:r w:rsidR="00FF3F2F">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00BA1784">
         <w:t xml:space="preserve">Presses universitaires de </w:t>
       </w:r>
       <w:r w:rsidR="006B4027">
         <w:t>France</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CDFA29" w14:textId="7FBEF617" w:rsidR="00687828" w:rsidRPr="00687828" w:rsidRDefault="00D8050F" w:rsidP="00687828">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F1D05A" wp14:editId="2C9E893B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4095750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>125730</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2475235"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="96520"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-332"/>
                 <wp:lineTo x="-508" y="-166"/>
                 <wp:lineTo x="-508" y="21112"/>
                 <wp:lineTo x="-254" y="22276"/>
                 <wp:lineTo x="22100" y="22276"/>
                 <wp:lineTo x="22608" y="21112"/>
@@ -5332,98 +5332,98 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="98192692" name="Grafik 2">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63">
+                    <a:blip r:embed="rId64">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2475235"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="159C1437" w14:textId="1C4371C9" w:rsidR="006B4027" w:rsidRDefault="006B4027" w:rsidP="006B4027">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="006B4027">
         <w:t>Tous les enfants ont le droit d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t xml:space="preserve">être scolarisés. Pourtant, ce droit a longtemps été dénié aux élèves </w:t>
       </w:r>
       <w:r>
         <w:t>en situation de handicap.</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t xml:space="preserve"> Comment l</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t>école leur a-t-elle ouvert ses portes</w:t>
       </w:r>
       <w:r>
         <w:t> ?</w:t>
       </w:r>
@@ -5509,61 +5509,61 @@
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t>élève, parce que le handicap n</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t>est pas une anomalie</w:t>
       </w:r>
       <w:r w:rsidR="00A974CF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t xml:space="preserve"> mais le résultat de l</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4027">
         <w:t>interaction entre la personne et son environnement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D428224" w14:textId="77777777" w:rsidR="00FA735C" w:rsidRDefault="00FA735C" w:rsidP="006B4027">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66CFAF1E" w14:textId="77777777" w:rsidR="00FA735C" w:rsidRDefault="00FA735C" w:rsidP="006B4027">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="350CF7B9" w14:textId="44CDFEAD" w:rsidR="00383E7A" w:rsidRDefault="00870024" w:rsidP="00633D1A">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>L’exclusion ordinaire du handicap</w:t>
       </w:r>
       <w:r w:rsidR="00AE4B2B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Un cas d’école</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00633D1A" w:rsidRPr="00DD798A">
         <w:t>H.</w:t>
       </w:r>
       <w:r w:rsidR="009F2A41" w:rsidRPr="00DD798A">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00633D1A" w:rsidRPr="00DD798A">
         <w:t>Durler</w:t>
       </w:r>
       <w:r w:rsidR="009D28D8" w:rsidRPr="00DD798A">
         <w:t>, L.</w:t>
@@ -5597,51 +5597,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009D28D8" w:rsidRPr="00DD798A">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="009D28D8">
         <w:t>(2025)</w:t>
       </w:r>
       <w:r w:rsidR="009D28D8">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E33A2E">
         <w:t xml:space="preserve">Éditions </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E33A2E">
         <w:t>É</w:t>
       </w:r>
       <w:r w:rsidR="007C3AF6">
         <w:t>pistémé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="07F6F4B7" w14:textId="0B36A5EF" w:rsidR="00082489" w:rsidRPr="00082489" w:rsidRDefault="00955341" w:rsidP="00082489">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="403BDE95" wp14:editId="4BB57326">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4098290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>37465</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2372385"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="104140"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-347"/>
                 <wp:lineTo x="-508" y="-173"/>
                 <wp:lineTo x="-508" y="21681"/>
                 <wp:lineTo x="-254" y="22375"/>
                 <wp:lineTo x="22100" y="22375"/>
                 <wp:lineTo x="22100" y="22028"/>
@@ -5656,89 +5656,89 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1394439433" name="Grafik 4">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64" cstate="print">
+                    <a:blip r:embed="rId65" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2372385"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C312E56" w14:textId="56CAFBE0" w:rsidR="0015401A" w:rsidRPr="00E7516A" w:rsidRDefault="00FD723E" w:rsidP="00E7516A">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r>
         <w:t>Léo, un enfant en situation de handicap, est scolarisé à l’âge de 4</w:t>
       </w:r>
       <w:r w:rsidR="00813742">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>ans dans l’école de son quartier. Rapidement, ses parents se heurtent aux difficultés liées à son accueil en classe. Sa mère, sociologue de l’éducation, choisit alors de partager son expérience lors d’un entretien avec d’autres chercheuses</w:t>
       </w:r>
       <w:r w:rsidR="005D08F7">
         <w:t xml:space="preserve"> et chercheurs</w:t>
       </w:r>
       <w:r>
         <w:t>, en vue d’explorer les logiques institutionnelles, les rapports de pouvoir et les contraintes sociales ayant mené à cet échec inclusif.</w:t>
       </w:r>
       <w:r w:rsidR="005D08F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>L’ouvrage rassemble les contributions de neuf sociologues. Toutes s’appuient sur cet entretien pour éclairer, chacune à sa manière, une dimension spécifique de la situation de Léo</w:t>
       </w:r>
       <w:r w:rsidR="00E90055">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
@@ -5760,51 +5760,51 @@
     </w:p>
     <w:p w14:paraId="2894A6A8" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0403B375" w14:textId="77777777" w:rsidR="00C5047A" w:rsidRPr="009D28D8" w:rsidRDefault="00C5047A">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63DB79EF" w14:textId="56482915" w:rsidR="00D21676" w:rsidRDefault="00D21676" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Le handicap mis en scène</w:t>
       </w:r>
       <w:r w:rsidR="00DC6F41">
         <w:br/>
         <w:t>Une plongée dans les archives télévisuelles</w:t>
       </w:r>
       <w:r w:rsidR="00DC6F41">
         <w:br/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00993AD8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DC6F41">
         <w:t xml:space="preserve"> Guyot, A</w:t>
       </w:r>
       <w:r w:rsidR="00993AD8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F2A41">
         <w:t> </w:t>
       </w:r>
@@ -5842,51 +5842,51 @@
         <w:t>.) (</w:t>
       </w:r>
       <w:r w:rsidR="00A52233">
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="00DC6F41">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C33A79">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00855BDC">
         <w:t>É</w:t>
       </w:r>
       <w:r w:rsidR="00C33A79">
         <w:t xml:space="preserve">ditions </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C33A79">
         <w:t>Alphil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3BFF909B" w14:textId="51AEBEF3" w:rsidR="004401B6" w:rsidRPr="004401B6" w:rsidRDefault="00BC1D73" w:rsidP="00956BA1">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0437CC00" wp14:editId="48AFCACC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4112260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>145415</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2336507"/>
             <wp:effectExtent l="95250" t="38100" r="37465" b="102235"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="-508" y="-352"/>
                 <wp:lineTo x="-1270" y="-176"/>
                 <wp:lineTo x="-1270" y="21841"/>
                 <wp:lineTo x="-762" y="22369"/>
                 <wp:lineTo x="21592" y="22369"/>
                 <wp:lineTo x="21846" y="19727"/>
@@ -5900,92 +5900,92 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1707939615" name="Grafik 2">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65" cstate="print">
+                    <a:blip r:embed="rId66" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2336507"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="8100000" algn="tr" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="43170EF2" w14:textId="3A1AF998" w:rsidR="004D6F1F" w:rsidRDefault="00F51ACD" w:rsidP="004D6F1F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00321F12">
         <w:t>Le 24</w:t>
       </w:r>
       <w:r w:rsidR="000369A1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00321F12">
         <w:t>mars</w:t>
       </w:r>
       <w:r w:rsidR="00F701FA">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00321F12">
         <w:t>2023, un év</w:t>
       </w:r>
       <w:r w:rsidR="005C1476">
         <w:t>è</w:t>
       </w:r>
       <w:r w:rsidRPr="00321F12">
         <w:t>nement politique inédit se tient au Palais fédéral à Berne</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
@@ -6080,51 +6080,51 @@
       <w:r w:rsidR="00321F12" w:rsidRPr="00321F12">
         <w:t>Radio Télévision</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00321F12" w:rsidRPr="00321F12">
         <w:t xml:space="preserve"> Suisse (RTS), il retrace l’évolution des représentations du handicap en Suisse romande, de 1950 à 2023. Il met en lumière les images, les discours et les formes de visibilité </w:t>
       </w:r>
       <w:r w:rsidR="0095661C">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00321F12" w:rsidRPr="00321F12">
         <w:t xml:space="preserve">ou d’invisibilité </w:t>
       </w:r>
       <w:r w:rsidR="0095661C">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00321F12" w:rsidRPr="00321F12">
         <w:t xml:space="preserve"> qui ont façonné notre regard collectif sur le handicap.</w:t>
       </w:r>
       <w:r w:rsidR="004D6F1F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B564374" w14:textId="295CED3C" w:rsidR="00F173FF" w:rsidRDefault="006922CF" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006922CF">
         <w:lastRenderedPageBreak/>
         <w:t>Diriger collectivement un établissement scolaire</w:t>
       </w:r>
       <w:r>
         <w:t> ?</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006922CF">
         <w:t>Enjeux et perspectives de la participation des équipes</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006922CF">
         <w:t>éducatives et des partenaires de l’école</w:t>
       </w:r>
       <w:r w:rsidR="00532E1F">
         <w:br/>
         <w:t>Caroline</w:t>
       </w:r>
@@ -6151,157 +6151,157 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008502AB">
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008502AB">
         <w:t>Éds</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008502AB">
         <w:t>.) (2025)</w:t>
       </w:r>
       <w:r w:rsidR="006F19F7">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00736B4E">
         <w:t xml:space="preserve">De Boeck </w:t>
       </w:r>
       <w:r w:rsidR="00532E1F">
         <w:t>supérieur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA7E49A" w14:textId="3C5BC97F" w:rsidR="00F173FF" w:rsidRPr="005960D9" w:rsidRDefault="00E14175" w:rsidP="00F173FF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper3"/>
+        <w:pStyle w:val="Corpsdetexte3"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29F5D467" wp14:editId="389E6315">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4113530</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>34290</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2426873"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="88265"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-339"/>
                 <wp:lineTo x="-508" y="-170"/>
                 <wp:lineTo x="-508" y="21538"/>
                 <wp:lineTo x="-254" y="22216"/>
                 <wp:lineTo x="22100" y="22216"/>
                 <wp:lineTo x="22608" y="21538"/>
                 <wp:lineTo x="22608" y="2544"/>
                 <wp:lineTo x="21846" y="0"/>
                 <wp:lineTo x="21846" y="-339"/>
                 <wp:lineTo x="0" y="-339"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="55933211" name="Grafik 2">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId66"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId67"/>
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="55933211" name="Grafik 2">
-                      <a:hlinkClick r:id="rId66"/>
+                      <a:hlinkClick r:id="rId67"/>
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67">
+                    <a:blip r:embed="rId68">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2426873"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC4E24B" w14:textId="04712DD1" w:rsidR="00D8050F" w:rsidRDefault="00F173FF" w:rsidP="00F173FF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F173FF">
         <w:t xml:space="preserve">Depuis une vingtaine d’années, les directions sont invitées à faire participer les équipes éducatives à la définition et à la mise en œuvre du projet éducatif de leur établissement scolaire. L’analyse d’expériences dans quatre systèmes éducatifs francophones souligne les ambivalences tant du côté des directions que du côté des </w:t>
       </w:r>
       <w:r w:rsidR="002D3ED4">
         <w:t xml:space="preserve">actrices et </w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t>acteurs éducatifs à s’engager dans une démarche collective. Les personnels enseignants, éducatifs, administratifs et les parents sont concernés.</w:t>
       </w:r>
       <w:r w:rsidR="00AA3697">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t>Les autrices</w:t>
       </w:r>
       <w:r w:rsidR="005842F4">
         <w:t xml:space="preserve"> et auteurs</w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t xml:space="preserve"> explorent ici de nombreuses questions, parmi lesquelles</w:t>
       </w:r>
       <w:r w:rsidR="00622AD5">
         <w:t> :</w:t>
       </w:r>
@@ -6328,61 +6328,61 @@
       </w:r>
       <w:r w:rsidR="006F19F7">
         <w:t xml:space="preserve">actrices et </w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t>acteurs</w:t>
       </w:r>
       <w:r w:rsidR="005842F4">
         <w:t> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t xml:space="preserve"> Quels en sont les impacts sur les métiers et l’organisation scolaire</w:t>
       </w:r>
       <w:r w:rsidR="006F19F7">
         <w:t> ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00F173FF">
         <w:t xml:space="preserve"> Quels en sont les enjeux</w:t>
       </w:r>
       <w:r w:rsidR="006F19F7">
         <w:t> ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1EFDC8" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F" w:rsidP="00F173FF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65FDDF91" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F" w:rsidP="00F173FF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63E30D91" w14:textId="6D05F222" w:rsidR="0093012C" w:rsidRDefault="00EB7859" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7859">
         <w:t>Les bienfaits de l’école à ciel ouvert</w:t>
       </w:r>
       <w:r w:rsidR="00E67648">
         <w:br/>
       </w:r>
       <w:r w:rsidR="005201D4" w:rsidRPr="0061013E">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D0318A" w:rsidRPr="0061013E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F2A41">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="0061013E">
         <w:t>Muster-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -6478,160 +6478,160 @@
       <w:r w:rsidR="001C7369" w:rsidRPr="0061013E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00D42092" w:rsidRPr="0061013E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="001C7369" w:rsidRPr="0061013E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>VIVA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="30F92F6D" w14:textId="43B349FF" w:rsidR="0061013E" w:rsidRPr="00D21676" w:rsidRDefault="0061013E" w:rsidP="0061013E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper3"/>
+        <w:pStyle w:val="Corpsdetexte3"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BBE293C" wp14:editId="6128D390">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4112260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2186940"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="99060"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-376"/>
                 <wp:lineTo x="-508" y="-188"/>
                 <wp:lineTo x="-508" y="21638"/>
                 <wp:lineTo x="-254" y="22390"/>
                 <wp:lineTo x="22100" y="22390"/>
                 <wp:lineTo x="22608" y="20885"/>
                 <wp:lineTo x="22608" y="2822"/>
                 <wp:lineTo x="21846" y="0"/>
                 <wp:lineTo x="21846" y="-376"/>
                 <wp:lineTo x="0" y="-376"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="137978527" name="Grafik 2">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId68"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId69"/>
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="137978527" name="Grafik 2">
-                      <a:hlinkClick r:id="rId68"/>
+                      <a:hlinkClick r:id="rId69"/>
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69" cstate="print">
+                    <a:blip r:embed="rId70" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2186940"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C271C81" w14:textId="280E58CA" w:rsidR="004D6F1F" w:rsidRDefault="0093012C" w:rsidP="00DC7F7A">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r>
         <w:t>Cet ouvrage propose un</w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t xml:space="preserve"> plaidoyer argumenté pour l’école </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">à ciel ouvert, car elle </w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t>se développe davantage et gagne en reconnaissance. Qu’en disent les scientifiques</w:t>
       </w:r>
       <w:r w:rsidR="00230EC9">
         <w:t xml:space="preserve"> ? </w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t xml:space="preserve">Selon </w:t>
       </w:r>
       <w:r w:rsidR="00230EC9">
         <w:t>les recherches</w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t>, apprendre dehors procure des bienfaits sensibles</w:t>
       </w:r>
@@ -6698,86 +6698,86 @@
         <w:t xml:space="preserve"> personne</w:t>
       </w:r>
       <w:r w:rsidR="002E2DB1">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t xml:space="preserve"> à la nature. Un ouvrage fort utile, qui associe analyses scientifiques et éclairages de terrain, pour toutes celles et ceux – parents, </w:t>
       </w:r>
       <w:r w:rsidR="001718C0">
         <w:t>corps enseignant, équipe éducative</w:t>
       </w:r>
       <w:r w:rsidR="00E67648" w:rsidRPr="00E67648">
         <w:t xml:space="preserve"> – qui s’interrogent sur l’articulation de la classe dehors avec la classe traditionnelle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B36984D" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F32282" w14:textId="284419D2" w:rsidR="004D6F1F" w:rsidRPr="00621AE0" w:rsidRDefault="004D6F1F" w:rsidP="004D6F1F">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>L’autisme</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Adrien</w:t>
       </w:r>
       <w:r w:rsidR="00577D65">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Primerano</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (2025)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
         </w:rPr>
         <w:t>La Découverte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A1F96F" w14:textId="06562419" w:rsidR="001148D2" w:rsidRPr="001148D2" w:rsidRDefault="001148D2" w:rsidP="001148D2">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36C00298" wp14:editId="7B0E3212">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4101514</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>165100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1620000" cy="2571429"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="95885"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-320"/>
                 <wp:lineTo x="-508" y="-160"/>
                 <wp:lineTo x="-508" y="21605"/>
                 <wp:lineTo x="-254" y="22245"/>
                 <wp:lineTo x="22100" y="22245"/>
@@ -6792,95 +6792,95 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="975863366" name="Grafik 3">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70">
+                    <a:blip r:embed="rId71">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1620000" cy="2571429"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="217F76CC" w14:textId="71791D55" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F" w:rsidP="004D6F1F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>La catégorie d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>autisme est le produit d</w:t>
       </w:r>
       <w:r w:rsidR="00324D8C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>une construction historique et sociale</w:t>
       </w:r>
       <w:r w:rsidR="00CC3E56">
         <w:t xml:space="preserve"> ainsi qu’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>un ensemble de luttes pour la délimiter, la définir et proposer un accompagnement le plus adapté possible des personnes concernées.</w:t>
       </w:r>
       <w:r w:rsidR="00254927">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6952,350 +6952,350 @@
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>? Comment l</w:t>
       </w:r>
       <w:r w:rsidR="00133E4B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>autisme est-il construit et perçu comme étant genré</w:t>
       </w:r>
       <w:r w:rsidR="00E573CE">
         <w:t xml:space="preserve"> ? </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>Cet ouvrage exploite les ressources offertes par les sciences sociales pour éclairer les enjeux liés à l</w:t>
       </w:r>
       <w:r w:rsidR="00133E4B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0CB2">
         <w:t>autisme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D63F573" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F" w:rsidP="004D6F1F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CE773F2" w14:textId="77777777" w:rsidR="004D6F1F" w:rsidRDefault="004D6F1F" w:rsidP="004D6F1F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A233CD1" w14:textId="4E674362" w:rsidR="005C66FB" w:rsidRPr="0076744C" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006642FF">
         <w:t>La CDPH en Suisse</w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:br/>
         <w:t>Qu</w:t>
       </w:r>
       <w:r w:rsidR="00133E4B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:t>est ce qui fonctionne déjà</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:t>? Que faut-il améliorer</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:br/>
         <w:t>SZH/CSPS (Éd.) (2025)</w:t>
       </w:r>
       <w:r w:rsidRPr="0076744C">
         <w:br/>
         <w:t>Edition SZH/CSPS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E1083F" w14:textId="77777777" w:rsidR="005C66FB" w:rsidRPr="003076B4" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper3"/>
+        <w:pStyle w:val="Corpsdetexte3"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AFBF6C5" wp14:editId="395EBD3D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4114800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2367915"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="89535"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-348"/>
                 <wp:lineTo x="-508" y="-174"/>
                 <wp:lineTo x="-508" y="21548"/>
                 <wp:lineTo x="-254" y="22243"/>
                 <wp:lineTo x="22100" y="22243"/>
                 <wp:lineTo x="22608" y="19463"/>
                 <wp:lineTo x="22608" y="2607"/>
                 <wp:lineTo x="21846" y="0"/>
                 <wp:lineTo x="21846" y="-348"/>
                 <wp:lineTo x="0" y="-348"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1547498264" name="Grafik 2">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId71"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId72"/>
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1547498264" name="Grafik 2">
-                      <a:hlinkClick r:id="rId71"/>
+                      <a:hlinkClick r:id="rId72"/>
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId72" cstate="print">
+                    <a:blip r:embed="rId73" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="8409" r="8820"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2367915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="28064F6D" w14:textId="0D1436C1" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>Dans ce livre, il y a 7</w:t>
       </w:r>
       <w:r w:rsidR="00813742">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>textes.</w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:br/>
         <w:t>Ces textes sont écrits en FALC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1521C9B7" w14:textId="0AAB0A3B" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>La CDPH dit</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:br/>
         <w:t>Les personnes handicapées ont</w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:br/>
         <w:t>les mêmes droits que tout le monde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C441F09" w14:textId="1F70B45C" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>Ce livre répond à 4</w:t>
       </w:r>
       <w:r w:rsidR="00813742">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>questions</w:t>
       </w:r>
       <w:r w:rsidR="002B35C9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6786E4" w14:textId="5EA7704C" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>1. La Suisse respecte-elle les règles de la CDPH</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AAEC4E0" w14:textId="0A972CA9" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>2. Comment faire mieux</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC39C83" w14:textId="5DE4AD1D" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>3. Il y a des bons exemples</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5458574F" w14:textId="1D44B0F6" w:rsidR="005C66FB" w:rsidRPr="001230C3" w:rsidRDefault="005C66FB" w:rsidP="005C66FB">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>4. Que disent les personnes handicapées</w:t>
       </w:r>
       <w:r w:rsidR="005A3903">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B171EE" w14:textId="5C4A069C" w:rsidR="00083184" w:rsidRPr="00D8050F" w:rsidRDefault="005C66FB" w:rsidP="00D8050F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="001230C3">
         <w:t>Tout le monde devrait pouvoir faire les mêmes activités.</w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:br/>
         <w:t>Aussi les personnes handicapées.</w:t>
       </w:r>
       <w:r w:rsidRPr="001230C3">
         <w:br/>
         <w:t>La CDPH peut aider à atteindre cet objectif.</w:t>
       </w:r>
       <w:r w:rsidR="00083184">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D6FA67" w14:textId="74678475" w:rsidR="001F719C" w:rsidRPr="00E168EE" w:rsidRDefault="001F719C" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc215222857"/>
       <w:r w:rsidRPr="00E168EE">
         <w:lastRenderedPageBreak/>
         <w:t>Films</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="2A816932" w14:textId="0E076461" w:rsidR="00774329" w:rsidRPr="00E168EE" w:rsidRDefault="00774329" w:rsidP="002A1797">
       <w:pPr>
         <w:pStyle w:val="Fragen"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:r w:rsidR="00B6361A" w:rsidRPr="00E168EE">
         <w:rPr>
@@ -7306,51 +7306,51 @@
       </w:r>
       <w:r w:rsidR="005A789A" w:rsidRPr="00E168EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="00E168EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> films proviennent des maisons </w:t>
       </w:r>
       <w:r w:rsidR="00332DAC" w:rsidRPr="00E168EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t>de production</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D467527" w14:textId="54A1FD92" w:rsidR="00EC7DC0" w:rsidRDefault="00897E8E" w:rsidP="00C265EF">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00991A0B">
         <w:t>Deaf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00991A0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00991A0B">
         <w:t>president</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00991A0B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00991A0B">
         <w:t>now</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00991A0B" w:rsidRPr="00991A0B">
         <w:t xml:space="preserve"> : un mouvement étudiant</w:t>
@@ -7384,51 +7384,51 @@
         <w:t>avis</w:t>
       </w:r>
       <w:r w:rsidR="00EC7DC0" w:rsidRPr="00991A0B">
         <w:t xml:space="preserve"> Guggenheim (2025)</w:t>
       </w:r>
       <w:r w:rsidR="00991A0B">
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00991A0B">
         <w:t>Document</w:t>
       </w:r>
       <w:r w:rsidR="00F44471">
         <w:t>aure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F44471">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00991A0B">
         <w:t xml:space="preserve"> USA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CF5B05" w14:textId="2BD31842" w:rsidR="00991A0B" w:rsidRPr="00991A0B" w:rsidRDefault="00D912A6" w:rsidP="004620B0">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09ACDDD3" wp14:editId="7DC830D8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4160520</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>40005</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2304415"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="95885"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-357"/>
                 <wp:lineTo x="-508" y="-179"/>
                 <wp:lineTo x="-508" y="21606"/>
                 <wp:lineTo x="-254" y="22320"/>
                 <wp:lineTo x="22100" y="22320"/>
                 <wp:lineTo x="22608" y="19820"/>
@@ -7442,98 +7442,98 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1555645843" name="Grafik 2">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73">
+                    <a:blip r:embed="rId74">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2304415"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BA9E80" w14:textId="56B83500" w:rsidR="00897E8E" w:rsidRDefault="003E1C14" w:rsidP="00B43C3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="003E1C14">
         <w:t>« </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E1C14">
         <w:t>Deaf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E1C14">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E1C14">
         <w:t>President</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E1C14">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E1C14">
         <w:t>Now</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -7660,164 +7660,164 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB498E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Act</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB498E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, ADA</w:t>
       </w:r>
       <w:r w:rsidRPr="003E1C14">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773FEBBA" w14:textId="45EFFDCE" w:rsidR="003C2C7D" w:rsidRDefault="003C2C7D" w:rsidP="00B43C3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:history="1">
+      <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers la bande-annonce</w:t>
         </w:r>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Deaf</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>president</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>now</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00EE688C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> (en anglais)</w:t>
         </w:r>
         <w:r w:rsidR="0013089E" w:rsidRPr="0013089E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C204A1D" w14:textId="77777777" w:rsidR="00722A7E" w:rsidRPr="00991A0B" w:rsidRDefault="00722A7E" w:rsidP="00B43C3F">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70F544D2" w14:textId="77777777" w:rsidR="00897E8E" w:rsidRDefault="00897E8E" w:rsidP="00897E8E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EB83782" w14:textId="77777777" w:rsidR="00571B83" w:rsidRPr="00991A0B" w:rsidRDefault="00571B83" w:rsidP="00897E8E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66202AEF" w14:textId="63EE1DDE" w:rsidR="00C265EF" w:rsidRDefault="00F114D2" w:rsidP="00C265EF">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Envolées</w:t>
       </w:r>
       <w:r w:rsidR="00C265EF">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>Violeta Ferrer et Patricia Marin (2024)</w:t>
       </w:r>
       <w:r w:rsidR="00C265EF">
         <w:br/>
         <w:t>Documentaire</w:t>
       </w:r>
       <w:r w:rsidR="00F44471">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C265EF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Suisse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1BF055" w14:textId="1D26FFAB" w:rsidR="00C265EF" w:rsidRPr="00E25AC2" w:rsidRDefault="00BE4C95" w:rsidP="00C265EF">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3859E4CD" wp14:editId="1597D178">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4161790</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>148673</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2285365"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="95885"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-360"/>
                 <wp:lineTo x="-508" y="-180"/>
                 <wp:lineTo x="-508" y="21606"/>
                 <wp:lineTo x="-254" y="22326"/>
                 <wp:lineTo x="22100" y="22326"/>
                 <wp:lineTo x="22608" y="19986"/>
@@ -7831,196 +7831,196 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1258184286" name="Grafik 3">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75" cstate="print">
+                    <a:blip r:embed="rId76" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2285365"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="01781996" w14:textId="66CB37C2" w:rsidR="003315C9" w:rsidRPr="003315C9" w:rsidRDefault="003315C9" w:rsidP="003315C9">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="003315C9">
         <w:t>Les femmes en situation de handicap sont plus nombreuses que les hommes qui partagent les mêmes conditions. Pourtant, elles demeurent invisibles dans notre société.</w:t>
       </w:r>
       <w:r w:rsidR="00DB30FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t>Ce documentaire brise le silence et révèle la double discrimination qu’elles endurent en raison de leur genre et de leur handicap. Six femmes courageuses témoignent. Elles racontent les obstacles quotidiens qu’elles doivent affronter et les ressources qu’elles mobilisent pour se faire une place dans le monde professionnel.</w:t>
       </w:r>
       <w:r w:rsidR="00CE0A89">
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t xml:space="preserve">e film fait la lumière sur le besoin urgent d’un changement de paradigme, en appelant à la construction d’une société plus inclusive et égalitaire. Il interpelle </w:t>
       </w:r>
       <w:r w:rsidR="00BC0D80">
         <w:t xml:space="preserve">chaque </w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t xml:space="preserve">individu, </w:t>
       </w:r>
       <w:r w:rsidR="00BC0D80">
         <w:t xml:space="preserve">qu’elle ou il </w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t>soi</w:t>
       </w:r>
       <w:r w:rsidR="00BC0D80">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t xml:space="preserve"> touché</w:t>
       </w:r>
       <w:r w:rsidR="007B736E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003315C9">
         <w:t>par le handicap ou non.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C36E947" w14:textId="6124FAE0" w:rsidR="00C265EF" w:rsidRDefault="00C265EF" w:rsidP="000A1AAA">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidRPr="00931F16">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">Vers la bande-annonce de </w:t>
         </w:r>
         <w:r w:rsidR="003315C9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Envolées</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="23A21F62" w14:textId="3BBC81BB" w:rsidR="00571B83" w:rsidRDefault="00571B83" w:rsidP="00571B83">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EE7C2A" w14:textId="3C190563" w:rsidR="002B42AA" w:rsidRPr="009670CC" w:rsidRDefault="000231D2" w:rsidP="002B42AA">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009670CC">
         <w:lastRenderedPageBreak/>
         <w:t>En attendant Zorro</w:t>
       </w:r>
       <w:r w:rsidR="002B42AA" w:rsidRPr="009670CC">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009670CC">
         <w:t xml:space="preserve">Sarah Moon Howe </w:t>
       </w:r>
       <w:r w:rsidR="002B42AA" w:rsidRPr="009670CC">
         <w:t>(2024)</w:t>
       </w:r>
       <w:r w:rsidR="002B42AA" w:rsidRPr="009670CC">
         <w:br/>
       </w:r>
       <w:r w:rsidR="009670CC" w:rsidRPr="009670CC">
         <w:t>Documentaire</w:t>
       </w:r>
       <w:r w:rsidR="00F44471">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009670CC">
         <w:t xml:space="preserve"> Belgique</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1E4567" w14:textId="61676627" w:rsidR="002B42AA" w:rsidRPr="009670CC" w:rsidRDefault="0091372B" w:rsidP="002B42AA">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="569F701B" wp14:editId="08F27D19">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4124960</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>127635</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2495550"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="95250"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-330"/>
                 <wp:lineTo x="-508" y="-165"/>
                 <wp:lineTo x="-508" y="20940"/>
                 <wp:lineTo x="-254" y="22260"/>
                 <wp:lineTo x="22100" y="22260"/>
                 <wp:lineTo x="22608" y="20940"/>
@@ -8034,219 +8034,219 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1663177143" name="Grafik 5">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77" cstate="print">
+                    <a:blip r:embed="rId78" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="1317" r="1317"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2495550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="575FDCE4" w14:textId="532BB3E4" w:rsidR="00965A31" w:rsidRDefault="00965A31" w:rsidP="002B42AA">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00965A31">
         <w:t xml:space="preserve">Dans le huis-clos des maisons, des parents d’enfants </w:t>
       </w:r>
       <w:r w:rsidR="002F084B">
         <w:t xml:space="preserve">en situation de handicap ayant une </w:t>
       </w:r>
       <w:r w:rsidRPr="00965A31">
         <w:t>grande dépendance espèrent une place dans les services d’accueil et d'accompagnement. En attendant, ils tentent de faire face aux difficultés et aux troubles du comportement. Dans ce marasme existentiel, le film suit le travail de Lucas, éducateur spécialisé, qui se rend au domicile des familles et tente de les aider. Bourré d’énergie et d’optimisme, Lucas permet aux familles à bout de souffle de construire une vie plus apaisée sans attendre une solution structurelle qui tarde à venir.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4812899E" w14:textId="4F6DAB48" w:rsidR="002C65A8" w:rsidRDefault="002B42AA" w:rsidP="0091372B">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00755024">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://teff.be/films/en-attendant-zorro"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006A3D36">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t xml:space="preserve">Vers la bande-annonce de </w:t>
       </w:r>
       <w:r w:rsidR="00965A31">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t>En attendant Zorro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60638AA4" w14:textId="77777777" w:rsidR="0013089E" w:rsidRDefault="002B42AA" w:rsidP="0013089E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D297B0" w14:textId="77777777" w:rsidR="0013089E" w:rsidRDefault="0013089E" w:rsidP="0013089E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A58F7BA" w14:textId="77777777" w:rsidR="0013089E" w:rsidRDefault="0013089E" w:rsidP="0013089E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27F7FB55" w14:textId="77777777" w:rsidR="0013089E" w:rsidRPr="0013089E" w:rsidRDefault="0013089E" w:rsidP="0013089E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7784F677" w14:textId="72D7F886" w:rsidR="000231D2" w:rsidRPr="00F71419" w:rsidRDefault="00806F87" w:rsidP="00E92069">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r>
         <w:t>Ma mère, Dieu et Sylvie Vartan</w:t>
       </w:r>
       <w:r w:rsidR="000231D2" w:rsidRPr="00BD07E8">
         <w:br/>
       </w:r>
       <w:r>
         <w:t>Ken Scott</w:t>
       </w:r>
       <w:r w:rsidR="000231D2" w:rsidRPr="00BD07E8">
         <w:t xml:space="preserve"> (202</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000231D2" w:rsidRPr="00BD07E8">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000231D2" w:rsidRPr="00BD07E8">
         <w:br/>
       </w:r>
       <w:r w:rsidR="000231D2">
         <w:t>Comédie dramatique</w:t>
       </w:r>
       <w:r w:rsidR="00F44471">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000231D2" w:rsidRPr="00BD07E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>France et Canada</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F019CF" w14:textId="5CC7240B" w:rsidR="000231D2" w:rsidRPr="00F71419" w:rsidRDefault="00384196" w:rsidP="000231D2">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20EC8D67" wp14:editId="59B5D078">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4181475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>158750</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1619885" cy="2495550"/>
             <wp:effectExtent l="38100" t="38100" r="94615" b="95250"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="-330"/>
                 <wp:lineTo x="-508" y="-165"/>
                 <wp:lineTo x="-508" y="20940"/>
                 <wp:lineTo x="-254" y="22260"/>
                 <wp:lineTo x="22100" y="22260"/>
                 <wp:lineTo x="22608" y="20940"/>
@@ -8260,248 +8260,248 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1794517927" name="Grafik 5">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78" cstate="print">
+                    <a:blip r:embed="rId79" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="6726" r="6726"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1619885" cy="2495550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="72CC876A" w14:textId="084768B5" w:rsidR="00A6315B" w:rsidRDefault="00A6315B" w:rsidP="000231D2">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A6315B">
         <w:t>En 1963, Esther met au monde Roland, petit dernier d’une famille nombreuse. Roland na</w:t>
       </w:r>
       <w:r w:rsidR="005007DB">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6315B">
         <w:t xml:space="preserve">t avec un pied-bot qui l’empêche de se tenir debout. Contre l’avis de </w:t>
       </w:r>
       <w:r w:rsidR="005007DB">
         <w:t xml:space="preserve">toutes et </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6315B">
         <w:t>tous, elle promet à son fils qu’il marchera comme les autres et qu’il aura une vie fabuleuse. Dès lors, Esther n’aura de cesse de tout mettre en œuvre pour tenir cette promesse. À travers des décennies d’épreuves et de miracles de la vie, ce film est le récit d’une histoire vraie, drôle et bouleversante, celle d’un destin incroyable et du plus grand amour qui soit</w:t>
       </w:r>
       <w:r w:rsidR="005007DB">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6315B">
         <w:t>celui d’une mère pour son enfant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73284B4A" w14:textId="2CA5E199" w:rsidR="000231D2" w:rsidRPr="006A3D36" w:rsidRDefault="000231D2" w:rsidP="000231D2">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00806F87">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.youtube.com/watch?v=YGTE7AQ6klM"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006A3D36">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t xml:space="preserve">Vers la bande-annonce de </w:t>
       </w:r>
       <w:r w:rsidR="00806F87">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t>Ma mèr</w:t>
       </w:r>
       <w:r w:rsidRPr="006A3D36">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00806F87">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
         <w:t>, Dieu et Sylvie Vartan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564863CE" w14:textId="322FAFC6" w:rsidR="00A9733A" w:rsidRDefault="000231D2" w:rsidP="0013089E">
       <w:pPr>
-        <w:pStyle w:val="Textkrper2"/>
+        <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="611322D1" w14:textId="65D5FCCC" w:rsidR="00083184" w:rsidRDefault="00083184">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D31FB3E" w14:textId="115FC5F0" w:rsidR="007539D6" w:rsidRPr="00D006EA" w:rsidRDefault="0064306C" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc215222858"/>
       <w:r w:rsidRPr="00D006EA">
         <w:lastRenderedPageBreak/>
         <w:t>Podcast</w:t>
       </w:r>
       <w:r w:rsidR="00BC27E2" w:rsidRPr="00D006EA">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="206633FC" w14:textId="4C2AE5D4" w:rsidR="009F7CAA" w:rsidRPr="00B56FEA" w:rsidRDefault="00340BFD" w:rsidP="009F7CAA">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc136603436"/>
       <w:r w:rsidRPr="00B56FEA">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="009F7CAA" w:rsidRPr="00B56FEA">
         <w:t xml:space="preserve">TS – </w:t>
       </w:r>
       <w:r w:rsidR="00F508D8">
         <w:t>CQFD</w:t>
       </w:r>
       <w:r w:rsidR="001B11FA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006014D9">
         <w:t>Accompagner les futurs parents en situation de handicap</w:t>
       </w:r>
       <w:r w:rsidR="004D1C0D">
         <w:t xml:space="preserve"> avant l’arrivée du bébé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="197D3D8D" w14:textId="044092A4" w:rsidR="0098619E" w:rsidRDefault="004D1C0D" w:rsidP="00907446">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="004D1C0D">
         <w:t xml:space="preserve">Du désir d'enfant </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t>jusqu</w:t>
       </w:r>
       <w:r w:rsidRPr="004D1C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ʹ</w:t>
       </w:r>
       <w:r w:rsidRPr="004D1C0D">
         <w:rPr>
           <w:rFonts w:cs="Open Sans SemiCondensed"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t xml:space="preserve"> la naissance, le service </w:t>
       </w:r>
       <w:r w:rsidR="0026378F" w:rsidRPr="004D1C0D">
@@ -8611,78 +8611,78 @@
         <w:t>Sharlenn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t>Symphore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t xml:space="preserve">, infirmière puéricultrice, pour leurs témoignages. Un sujet de Charlie </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t>Dupiot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D1C0D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E782570" w14:textId="575F7C5E" w:rsidR="001B11FA" w:rsidRDefault="008D6194" w:rsidP="00907446">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId79" w:history="1">
+      <w:hyperlink r:id="rId80" w:history="1">
         <w:r w:rsidRPr="00BD6F34">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers l</w:t>
         </w:r>
         <w:r w:rsidR="004814A3">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>’épisode de CQFD</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="292D4819" w14:textId="77777777" w:rsidR="006014D9" w:rsidRPr="00B56FEA" w:rsidRDefault="006014D9" w:rsidP="006014D9">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B56FEA">
         <w:t>RTS – Parents-école : mode d’emploi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4933AE44" w14:textId="77777777" w:rsidR="006014D9" w:rsidRDefault="006014D9" w:rsidP="006014D9">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00B97F4B">
         <w:t>Comment aider son enfant à l’école sans s’épuiser ni culpabiliser</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B97F4B">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B97F4B">
         <w:t>Florence</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B97F4B">
         <w:t>Farion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B97F4B">
@@ -8702,176 +8702,176 @@
       </w:r>
       <w:r>
         <w:t> ; ceci non seulement afin de m</w:t>
       </w:r>
       <w:r w:rsidRPr="00B97F4B">
         <w:t>ieux comprendre les rôles de chacun</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B97F4B">
         <w:t xml:space="preserve"> et chacun</w:t>
       </w:r>
       <w:r>
         <w:t>, mais aussi de</w:t>
       </w:r>
       <w:r w:rsidRPr="00B97F4B">
         <w:t xml:space="preserve"> proposer des conseils concrets pour avancer ensemble, sereinement.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Qu’il s’agisse de trouver des clés pour mieux comprendre les attentes de l’école, d’apaiser les tensions autour des devoirs ou encore de renforcer la confiance dans la relation parent-enfant, ce podcast offre des repères utiles et accessibles à toute personne soucieuse de soutenir un enfant dans sa scolarité sans pression inutile. Ces huit épisodes d’une quinzaine de minutes permettent d’accompagner au mieux les enfants sur le chemin de l’école. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54147409" w14:textId="46929A8B" w:rsidR="006014D9" w:rsidRDefault="006014D9" w:rsidP="00907446">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId80" w:history="1">
+      <w:hyperlink r:id="rId81" w:history="1">
         <w:r w:rsidRPr="00BD6F34">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers les 8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00BD6F34">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>épisodes du podcast Parents-école : mode d’emploi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C94B217" w14:textId="33BEFD38" w:rsidR="00CB3734" w:rsidRPr="00002FD5" w:rsidRDefault="00CB3734" w:rsidP="00CB3734">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00002FD5">
         <w:t>RTS – Mon corps électrique</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E87C34B" w14:textId="77777777" w:rsidR="009E3B3A" w:rsidRDefault="00DC6C3B" w:rsidP="00DC6C3B">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6C3B">
         <w:t>Nom de code : UP2-001</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC6C3B">
         <w:t>Arnaud Robert</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> est</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC6C3B">
         <w:t xml:space="preserve"> le premier volontaire d’une étude clinique révolutionnaire : un implant dans mon cerveau, un autre dans ma moelle épinière, pour tenter de redonner vie à mon bras gauche. Tétraplégique depuis une chute en montagne, je suis aussi journaliste. Mon corps électrique raconte huit mois d’immersion dans le laboratoire de la neurochirurgienne Jocelyne Bloch et du neuroscientifique Grégoire Courtine et pose surtout la question de la réparation des corps, des limites de la science et de l'acceptation des catastrophes qui nous frappent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B28B93" w14:textId="1D4A9813" w:rsidR="00DC6C3B" w:rsidRPr="00E016DB" w:rsidRDefault="009E3B3A" w:rsidP="00DC6C3B">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId81" w:history="1">
+      <w:hyperlink r:id="rId82" w:history="1">
         <w:r w:rsidRPr="00E016DB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers le</w:t>
         </w:r>
         <w:r w:rsidR="00123B49" w:rsidRPr="00E016DB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>s 7 épisodes du</w:t>
         </w:r>
         <w:r w:rsidRPr="00E016DB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> podcast</w:t>
         </w:r>
         <w:r w:rsidR="00123B49" w:rsidRPr="00E016DB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> Mon corps électrique</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="154AB6C8" w14:textId="093F5671" w:rsidR="001E5FE1" w:rsidRPr="00002FD5" w:rsidRDefault="008F3810" w:rsidP="00624060">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00002FD5">
         <w:t>SZH</w:t>
       </w:r>
       <w:r w:rsidR="00E22D31" w:rsidRPr="00002FD5">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00002FD5">
         <w:t>CSP</w:t>
       </w:r>
       <w:r w:rsidR="00E22D31" w:rsidRPr="00002FD5">
         <w:t xml:space="preserve"> Podcast</w:t>
       </w:r>
       <w:r w:rsidR="00EB1C1F" w:rsidRPr="00002FD5">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00292564" w:rsidRPr="00002FD5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B592D" w:rsidRPr="00002FD5">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="003B592D" w:rsidRPr="00002FD5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="005960D9" w:rsidRPr="00002FD5">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="003B592D" w:rsidRPr="00002FD5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B5F1D9" w14:textId="75CF6E4B" w:rsidR="00284B68" w:rsidRDefault="00284B68" w:rsidP="00284B68">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00284B68">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Dans cet épisode, Daniel</w:t>
       </w:r>
       <w:r w:rsidR="00577D65">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00284B68">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
@@ -9398,216 +9398,216 @@
       </w:r>
       <w:r w:rsidRPr="00284B68">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">éducation précoce et la logopédie, afin </w:t>
       </w:r>
       <w:r w:rsidR="00882BC4">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>d’atteindre</w:t>
       </w:r>
       <w:r w:rsidRPr="00284B68">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ensemble des objectifs professionnels et politiques.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A7A513" w14:textId="4FF666A3" w:rsidR="00E704EB" w:rsidRDefault="003B592D" w:rsidP="009E3B3A">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
-      <w:hyperlink r:id="rId82" w:history="1">
+      <w:hyperlink r:id="rId83" w:history="1">
         <w:r w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Vers l’épisode</w:t>
         </w:r>
         <w:r w:rsidR="0024151B" w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
         <w:r w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>N</w:t>
         </w:r>
         <w:r w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
             <w:vertAlign w:val="superscript"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r w:rsidR="00DE73F5" w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">10 </w:t>
         </w:r>
         <w:r w:rsidR="005D54B6" w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>de SZH/CSP Podcast</w:t>
         </w:r>
         <w:r w:rsidRPr="00DE73F5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> (en allemand)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E704EB">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="47112AE7" w14:textId="46EF5938" w:rsidR="00B70AB3" w:rsidRPr="00E168EE" w:rsidRDefault="00B70AB3" w:rsidP="002A1797">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc215222859"/>
       <w:r w:rsidRPr="00E168EE">
         <w:lastRenderedPageBreak/>
         <w:t>Agenda et formation continue</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="78A7BBB4" w14:textId="3916C6B4" w:rsidR="00B70AB3" w:rsidRPr="00E168EE" w:rsidRDefault="00B70AB3" w:rsidP="002A1797">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="D31932" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Consultez la liste des congrès, colloques et autres manifestations sur notre site</w:t>
       </w:r>
       <w:r w:rsidR="009827BD" w:rsidRPr="00E168EE">
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83" w:history="1">
+      <w:hyperlink r:id="rId84" w:history="1">
         <w:r w:rsidRPr="00E168EE">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="D31932" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>Congrès, colloques (csps.ch)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E168EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="D31932" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D8D5C9" w14:textId="28C52965" w:rsidR="00B70AB3" w:rsidRPr="00E168EE" w:rsidRDefault="00B70AB3" w:rsidP="002A1797">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="D31932" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Recherchez une formation continue sur notre site</w:t>
       </w:r>
       <w:r w:rsidR="009827BD" w:rsidRPr="00E168EE">
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84" w:history="1">
+      <w:hyperlink r:id="rId85" w:history="1">
         <w:r w:rsidRPr="00E168EE">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="D31932" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>Formation continue (csps.ch)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7A8E6159" w14:textId="5CC7785B" w:rsidR="00B70AB3" w:rsidRPr="00E168EE" w:rsidRDefault="00B70AB3" w:rsidP="002A1797">
       <w:pPr>
         <w:pStyle w:val="WichtigBox"/>
       </w:pPr>
       <w:r w:rsidRPr="00E168EE">
         <w:t>Une formation ou une manifestation à venir ? En tout temps, vous pouvez annoncer vos évènements sur notre site. Un bon moyen de faire de la publicité gratuitement</w:t>
       </w:r>
       <w:r w:rsidR="009827BD" w:rsidRPr="00E168EE">
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidRPr="00E168EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85" w:history="1">
+      <w:hyperlink r:id="rId86" w:history="1">
         <w:r w:rsidRPr="00E168EE">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="D31932" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>Annoncer une formation continue ou une manifestation (csps.ch)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0A5983A1" w14:textId="43159F70" w:rsidR="004C3CB8" w:rsidRPr="00E168EE" w:rsidRDefault="00137371" w:rsidP="00723936">
       <w:pPr>
-        <w:pStyle w:val="berschrift1"/>
+        <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc215222860"/>
       <w:r>
         <w:t xml:space="preserve">D’une </w:t>
       </w:r>
       <w:r w:rsidRPr="00723936">
         <w:t>revue</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> à l’autre</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="710F83C2" w14:textId="7386B903" w:rsidR="4965B00D" w:rsidRDefault="4965B00D" w:rsidP="00723936">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="604D4996">
         <w:t>Le burnout parental – un risque pour les familles ayant un enfant en situation de handicap. L’importance et la possibilité d’un dépistage précoce. Paula</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve">Krüger et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
         <w:t>Seraina</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
         <w:t>Caviezel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve"> Schmitz. </w:t>
@@ -9670,129 +9670,116 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 31</w:t>
       </w:r>
       <w:r w:rsidR="35165888" w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve">(06), </w:t>
       </w:r>
       <w:r w:rsidR="64336E62" w:rsidRPr="604D4996">
         <w:t>2-8.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B1B3B7" w14:textId="490FA5CE" w:rsidR="21AED2AD" w:rsidRDefault="21AED2AD" w:rsidP="604D4996">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t>Le burnout parental est un risque pour la santé des parents concernés, mais aussi pour le développement de leurs enfants. Les parents d’enfants en situation de handicap ou présentant des retards de développement sont particulièrement exposés au burn­out parental. Pour la prévention, il est essentiel de reconnaitre ces parents le plus tôt possible. Cet article explique ce que l’on entend par burnout parental, quelle est sa prévalence et ce que l’on sait de ce phénomène en ce qui concerne les parents d’enfants en situation de handicap. En outre, il présente un instrument de diagnostic, le «</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Swiss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Brief Parental Burnout </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Scale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>», qui a été traduit et adapté pour la Suisse et qui peut être utilisé dans le cadre du dépistage précoce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ACF6C10" w14:textId="049E633C" w:rsidR="21AED2AD" w:rsidRPr="00130B79" w:rsidRDefault="21AED2AD" w:rsidP="00723936">
       <w:pPr>
-        <w:pStyle w:val="Textkrper3"/>
+        <w:pStyle w:val="Corpsdetexte3"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00296224" w:rsidRPr="00130B79">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId87">
+        <w:r w:rsidRPr="00130B79">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.57161/z2025-06-01</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="386EB278" w14:textId="20213A4E" w:rsidR="4AE2ABC1" w:rsidRDefault="4AE2ABC1" w:rsidP="00723936">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="604D4996">
         <w:t>Participation politique – les personnes avec une déficience intellectuelle ont aussi leur mot à dire. Jan</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
         <w:t>Habegger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
         <w:t>Tabea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
@@ -9850,120 +9837,120 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Heilpädagogik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, 31 </w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t>(07), 9-14.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53336F27" w14:textId="42C8A76C" w:rsidR="2542FB11" w:rsidRDefault="2542FB11" w:rsidP="604D4996">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r>
         <w:t>En Suisse, environ 12</w:t>
       </w:r>
       <w:r w:rsidR="00D32849">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>personnes – dont certaines ont une déficience intellectuelle – sont sous curatelle de portée générale et sont, de ce fait, privées de leurs droits politiques. Cette privation du droit de vote est contraire à la Convention relative aux droits des personnes handicapées. Cet article se penche sur la situation actuelle et son évolution. Il présente également plusieurs initiatives, projets et manifestations visant à promouvoir la participation politique des personnes ayant une déficience intellectuelle en Suisse. En effet, elles veulent aussi voter et faire partie de la société, conformément au principe «</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Rien sur nous sans nous</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38191F07" w14:textId="4B4DCD77" w:rsidR="2542FB11" w:rsidRPr="00130B79" w:rsidRDefault="2542FB11" w:rsidP="604D4996">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00296224" w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00130B79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86">
+      <w:hyperlink r:id="rId88">
         <w:r w:rsidRPr="00130B79">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://doi.org/10.57161/z2025-07-02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="03F885BD" w14:textId="0831FC85" w:rsidR="12E2025D" w:rsidRDefault="12E2025D" w:rsidP="00723936">
       <w:pPr>
-        <w:pStyle w:val="berschrift2"/>
+        <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="604D4996">
         <w:t>Les communautés inclusives à l’essai. Résultats d</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t>évaluation tirés d</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t>un exemple de bonne pratique. Oliver</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="604D4996">
         <w:t>Maier et Jonas</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
@@ -10018,267 +10005,272 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="70721FB0" w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Heilpädagogik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="70721FB0" w:rsidRPr="604D4996">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, 31 </w:t>
       </w:r>
       <w:r w:rsidR="70721FB0" w:rsidRPr="604D4996">
         <w:t>(07), 21-26.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17523701" w14:textId="408E03E0" w:rsidR="69772A1F" w:rsidRDefault="69772A1F" w:rsidP="604D4996">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Les jeunes adultes ayant une déficience intellectuelle ne peuvent choisir leur mode de vie que de manière très limitée. Le projet «</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Inklusiv </w:t>
+        <w:t>Inklusiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Wohnen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00296224">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>» (logement inclusif) de Blindspot est un exemple de bonne pratique. Il montre comment les colocations inclusives, dans lesquelles des personnes en situation de handicap ou pas vivent ensemble et sur un pied d</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>égalité, fonctionnent dans la pratique et peuvent élargir l</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>offre de logement. L</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>article met en lumière l</w:t>
       </w:r>
       <w:r w:rsidR="00296224">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>organisation du projet, présente les premiers résultats ainsi que les facteurs de réussite et les défis liés à la mise en place et au suivi. Il montre que les colocations inclusives fonctionnent, répondent à un besoin et offrent une valeur ajoutée pour tout le monde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAF6E4F" w14:textId="4F409FFF" w:rsidR="604D4996" w:rsidRPr="00130B79" w:rsidRDefault="707B6D3F" w:rsidP="604D4996">
       <w:pPr>
-        <w:pStyle w:val="Textkrper"/>
+        <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00296224" w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00130B79">
         <w:rPr>
-          <w:rStyle w:val="Textkrper3Zchn"/>
+          <w:rStyle w:val="Corpsdetexte3Car"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00130B79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87">
+      <w:hyperlink r:id="rId89">
         <w:r w:rsidRPr="00130B79">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://doi.org/10.57161/z2025-07-04</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="604D4996" w:rsidRPr="00130B79" w:rsidSect="007B266B">
-      <w:headerReference w:type="even" r:id="rId88"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId93"/>
+      <w:headerReference w:type="even" r:id="rId90"/>
+      <w:headerReference w:type="default" r:id="rId91"/>
+      <w:footerReference w:type="even" r:id="rId92"/>
+      <w:footerReference w:type="default" r:id="rId93"/>
+      <w:headerReference w:type="first" r:id="rId94"/>
+      <w:footerReference w:type="first" r:id="rId95"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="54"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D3C5D9B" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788">
+    <w:p w14:paraId="65EB976F" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003626A6">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="475F6D11" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788">
+    <w:p w14:paraId="7388CDB6" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003626A6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="098B09FD" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788">
+    <w:p w14:paraId="19037F71" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans SemiCondensed">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F3300275-BE0D-4AB0-8FFA-964E455F2BBE}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId4" w:fontKey="{98222CE8-BCE9-49FD-8E92-397307439AE1}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{7D20308E-0690-41AD-A3BF-FAF399F6E524}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{EE1A3EE2-6889-4B3F-8651-39CB5CF65729}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{991EB709-6B50-4847-8116-2BE46BA397B6}"/>
+    <w:embedBoldItalic r:id="rId4" w:fontKey="{7DE0AAC4-C021-4265-8AF3-2753B6C59103}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger LT Pro 57 Condensed">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{B69F19AA-B691-43F0-8B25-17AEBA9E0ADE}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{C253F48C-F71C-474C-B45D-E595B866A0F1}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79A54F8B" w14:textId="77777777" w:rsidR="007B266B" w:rsidRDefault="007B266B">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79D48AF3" w14:textId="77777777" w:rsidR="004B3A29" w:rsidRPr="003626A6" w:rsidRDefault="006E210A" w:rsidP="001D3BFB">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003626A6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="517AD5D4" wp14:editId="706A1189">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-671830</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-726440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="101861" cy="849482"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="605944441" name="Image 1751182202"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -10350,96 +10342,96 @@
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001D3BFB" w:rsidRPr="003626A6">
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001D3BFB" w:rsidRPr="003626A6">
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03A8582B" w14:textId="77777777" w:rsidR="007B266B" w:rsidRDefault="007B266B">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2203F030" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788" w:rsidP="002E13B6">
+    <w:p w14:paraId="7D6FA3BF" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D" w:rsidP="002E13B6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003626A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14385349" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788">
+    <w:p w14:paraId="2AB21DD9" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D">
       <w:r w:rsidRPr="003626A6">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="56C37296" w14:textId="77777777" w:rsidR="00933788" w:rsidRPr="003626A6" w:rsidRDefault="00933788">
+    <w:p w14:paraId="5F251FAA" w14:textId="77777777" w:rsidR="0032449D" w:rsidRPr="003626A6" w:rsidRDefault="0032449D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16D3BCCF" w14:textId="77777777" w:rsidR="007B266B" w:rsidRDefault="007B266B">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="580EFBD3" w14:textId="1BF2AF90" w:rsidR="007B448B" w:rsidRPr="003626A6" w:rsidRDefault="00307EC7" w:rsidP="007B448B">
     <w:pPr>
       <w:pStyle w:val="Themenschwerpunkt"/>
       <w:rPr>
         <w:noProof w:val="0"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003626A6">
       <w:rPr>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114299" distR="114299" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11AE7AEB" wp14:editId="6DAE4430">
               <wp:simplePos x="0" y="0"/>
@@ -10653,51 +10645,51 @@
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:noProof w:val="0"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007B448B" w:rsidRPr="003626A6">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:noProof w:val="0"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7841AFA4" w14:textId="77777777" w:rsidR="007B266B" w:rsidRDefault="007B266B">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F6C8EB64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -10799,157 +10791,157 @@
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6DDAE2E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02214A9E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="08BA4C14"/>
-    <w:styleLink w:val="ArtikelAbschnitt"/>
+    <w:styleLink w:val="ArticleSection"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:isLgl/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift4"/>
+      <w:pStyle w:val="Titre4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift5"/>
+      <w:pStyle w:val="Titre5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift6"/>
+      <w:pStyle w:val="Titre6"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift7"/>
+      <w:pStyle w:val="Titre7"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift8"/>
+      <w:pStyle w:val="Titre8"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="berschrift9"/>
+      <w:pStyle w:val="Titre9"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06342E5D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8DD24444"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Liste"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="169" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -11153,71 +11145,71 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="100C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="492B3CF3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D16CDD2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listennummer"/>
+      <w:pStyle w:val="Listenumros"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listennummer2"/>
+      <w:pStyle w:val="Listenumros2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Listennummer3"/>
+      <w:pStyle w:val="Listenumros3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
@@ -11534,51 +11526,51 @@
   </w:num>
   <w:num w:numId="43" w16cid:durableId="736630731">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="695498054">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1027025971">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="454492693">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="261645900">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="728458606">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0002"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
@@ -11931,50 +11923,51 @@
     <w:rsid w:val="000C5109"/>
     <w:rsid w:val="000C5670"/>
     <w:rsid w:val="000C57EF"/>
     <w:rsid w:val="000C5974"/>
     <w:rsid w:val="000C5977"/>
     <w:rsid w:val="000C5C5F"/>
     <w:rsid w:val="000C67FA"/>
     <w:rsid w:val="000C6ECC"/>
     <w:rsid w:val="000C70D4"/>
     <w:rsid w:val="000C74EC"/>
     <w:rsid w:val="000C755B"/>
     <w:rsid w:val="000C7FED"/>
     <w:rsid w:val="000D0053"/>
     <w:rsid w:val="000D027B"/>
     <w:rsid w:val="000D088B"/>
     <w:rsid w:val="000D0CBA"/>
     <w:rsid w:val="000D1EC5"/>
     <w:rsid w:val="000D28F8"/>
     <w:rsid w:val="000D2CD0"/>
     <w:rsid w:val="000D3294"/>
     <w:rsid w:val="000D350E"/>
     <w:rsid w:val="000D3A2E"/>
     <w:rsid w:val="000D414F"/>
     <w:rsid w:val="000D459F"/>
     <w:rsid w:val="000D481C"/>
+    <w:rsid w:val="000D49C4"/>
     <w:rsid w:val="000D548B"/>
     <w:rsid w:val="000D5F4B"/>
     <w:rsid w:val="000D6323"/>
     <w:rsid w:val="000D66C6"/>
     <w:rsid w:val="000D6B6C"/>
     <w:rsid w:val="000D6C0B"/>
     <w:rsid w:val="000D779B"/>
     <w:rsid w:val="000D77C4"/>
     <w:rsid w:val="000D7A84"/>
     <w:rsid w:val="000D7AE1"/>
     <w:rsid w:val="000E08A0"/>
     <w:rsid w:val="000E0EE4"/>
     <w:rsid w:val="000E11BE"/>
     <w:rsid w:val="000E1432"/>
     <w:rsid w:val="000E1A54"/>
     <w:rsid w:val="000E2113"/>
     <w:rsid w:val="000E251B"/>
     <w:rsid w:val="000E2A8D"/>
     <w:rsid w:val="000E2B3F"/>
     <w:rsid w:val="000E2E95"/>
     <w:rsid w:val="000E3341"/>
     <w:rsid w:val="000E3A00"/>
     <w:rsid w:val="000E3DDC"/>
     <w:rsid w:val="000E3EC9"/>
     <w:rsid w:val="000E4125"/>
@@ -12960,50 +12953,51 @@
     <w:rsid w:val="00314C4C"/>
     <w:rsid w:val="00314C81"/>
     <w:rsid w:val="00314FFC"/>
     <w:rsid w:val="00316203"/>
     <w:rsid w:val="003165BD"/>
     <w:rsid w:val="00316718"/>
     <w:rsid w:val="003168AF"/>
     <w:rsid w:val="00316D7A"/>
     <w:rsid w:val="00317063"/>
     <w:rsid w:val="00320175"/>
     <w:rsid w:val="00320910"/>
     <w:rsid w:val="00320A66"/>
     <w:rsid w:val="00320E05"/>
     <w:rsid w:val="003210C6"/>
     <w:rsid w:val="0032124D"/>
     <w:rsid w:val="00321389"/>
     <w:rsid w:val="00321A83"/>
     <w:rsid w:val="00321F12"/>
     <w:rsid w:val="00322024"/>
     <w:rsid w:val="00322107"/>
     <w:rsid w:val="003222A6"/>
     <w:rsid w:val="00322C3B"/>
     <w:rsid w:val="00322D8A"/>
     <w:rsid w:val="003239FB"/>
     <w:rsid w:val="00323D15"/>
+    <w:rsid w:val="0032449D"/>
     <w:rsid w:val="003248EC"/>
     <w:rsid w:val="00324D8C"/>
     <w:rsid w:val="003257EE"/>
     <w:rsid w:val="00325D2C"/>
     <w:rsid w:val="00325D4A"/>
     <w:rsid w:val="00326942"/>
     <w:rsid w:val="00327734"/>
     <w:rsid w:val="00327766"/>
     <w:rsid w:val="00327A22"/>
     <w:rsid w:val="00327A48"/>
     <w:rsid w:val="00327BF5"/>
     <w:rsid w:val="00327E81"/>
     <w:rsid w:val="00330086"/>
     <w:rsid w:val="00330312"/>
     <w:rsid w:val="00330478"/>
     <w:rsid w:val="003307CE"/>
     <w:rsid w:val="00330998"/>
     <w:rsid w:val="00330BCE"/>
     <w:rsid w:val="00331049"/>
     <w:rsid w:val="003315C9"/>
     <w:rsid w:val="00331631"/>
     <w:rsid w:val="00331A5A"/>
     <w:rsid w:val="00332DAC"/>
     <w:rsid w:val="003334CE"/>
     <w:rsid w:val="003336C7"/>
@@ -16103,50 +16097,51 @@
     <w:rsid w:val="00A371D4"/>
     <w:rsid w:val="00A3731F"/>
     <w:rsid w:val="00A37E53"/>
     <w:rsid w:val="00A400F8"/>
     <w:rsid w:val="00A40192"/>
     <w:rsid w:val="00A402F0"/>
     <w:rsid w:val="00A406BD"/>
     <w:rsid w:val="00A416D7"/>
     <w:rsid w:val="00A41A51"/>
     <w:rsid w:val="00A41B5D"/>
     <w:rsid w:val="00A42281"/>
     <w:rsid w:val="00A42575"/>
     <w:rsid w:val="00A42AA8"/>
     <w:rsid w:val="00A4363D"/>
     <w:rsid w:val="00A439AC"/>
     <w:rsid w:val="00A43B05"/>
     <w:rsid w:val="00A43C67"/>
     <w:rsid w:val="00A4446A"/>
     <w:rsid w:val="00A44668"/>
     <w:rsid w:val="00A44688"/>
     <w:rsid w:val="00A44BBC"/>
     <w:rsid w:val="00A45933"/>
     <w:rsid w:val="00A459F9"/>
     <w:rsid w:val="00A45A80"/>
     <w:rsid w:val="00A45B45"/>
+    <w:rsid w:val="00A45B5B"/>
     <w:rsid w:val="00A46343"/>
     <w:rsid w:val="00A46CFE"/>
     <w:rsid w:val="00A46FF1"/>
     <w:rsid w:val="00A47350"/>
     <w:rsid w:val="00A50A1E"/>
     <w:rsid w:val="00A51323"/>
     <w:rsid w:val="00A51846"/>
     <w:rsid w:val="00A51863"/>
     <w:rsid w:val="00A51CF7"/>
     <w:rsid w:val="00A51D53"/>
     <w:rsid w:val="00A51E7A"/>
     <w:rsid w:val="00A52001"/>
     <w:rsid w:val="00A52233"/>
     <w:rsid w:val="00A5230A"/>
     <w:rsid w:val="00A52A00"/>
     <w:rsid w:val="00A52E02"/>
     <w:rsid w:val="00A5309C"/>
     <w:rsid w:val="00A530BE"/>
     <w:rsid w:val="00A53456"/>
     <w:rsid w:val="00A53661"/>
     <w:rsid w:val="00A53A1C"/>
     <w:rsid w:val="00A543D6"/>
     <w:rsid w:val="00A549C1"/>
     <w:rsid w:val="00A54A8C"/>
     <w:rsid w:val="00A55346"/>
@@ -18323,50 +18318,51 @@
     <w:rsid w:val="00F54C63"/>
     <w:rsid w:val="00F54CA0"/>
     <w:rsid w:val="00F54FD5"/>
     <w:rsid w:val="00F553AF"/>
     <w:rsid w:val="00F55422"/>
     <w:rsid w:val="00F55AB6"/>
     <w:rsid w:val="00F56E41"/>
     <w:rsid w:val="00F571B5"/>
     <w:rsid w:val="00F575E6"/>
     <w:rsid w:val="00F577ED"/>
     <w:rsid w:val="00F57B4C"/>
     <w:rsid w:val="00F60448"/>
     <w:rsid w:val="00F604B9"/>
     <w:rsid w:val="00F61404"/>
     <w:rsid w:val="00F62AD7"/>
     <w:rsid w:val="00F63101"/>
     <w:rsid w:val="00F63ACD"/>
     <w:rsid w:val="00F63B31"/>
     <w:rsid w:val="00F6446D"/>
     <w:rsid w:val="00F6537A"/>
     <w:rsid w:val="00F6569E"/>
     <w:rsid w:val="00F658B4"/>
     <w:rsid w:val="00F65FD4"/>
     <w:rsid w:val="00F66081"/>
     <w:rsid w:val="00F663AA"/>
+    <w:rsid w:val="00F668C2"/>
     <w:rsid w:val="00F66E01"/>
     <w:rsid w:val="00F67016"/>
     <w:rsid w:val="00F675EB"/>
     <w:rsid w:val="00F678EC"/>
     <w:rsid w:val="00F6795F"/>
     <w:rsid w:val="00F67C28"/>
     <w:rsid w:val="00F67EB0"/>
     <w:rsid w:val="00F700BA"/>
     <w:rsid w:val="00F701D1"/>
     <w:rsid w:val="00F701FA"/>
     <w:rsid w:val="00F70434"/>
     <w:rsid w:val="00F70E9D"/>
     <w:rsid w:val="00F70F58"/>
     <w:rsid w:val="00F71419"/>
     <w:rsid w:val="00F721BE"/>
     <w:rsid w:val="00F72A84"/>
     <w:rsid w:val="00F7300A"/>
     <w:rsid w:val="00F73736"/>
     <w:rsid w:val="00F74754"/>
     <w:rsid w:val="00F74F78"/>
     <w:rsid w:val="00F752D1"/>
     <w:rsid w:val="00F758F1"/>
     <w:rsid w:val="00F75C6D"/>
     <w:rsid w:val="00F75D61"/>
     <w:rsid w:val="00F76208"/>
@@ -19008,787 +19004,786 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00812906"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift1">
+  <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009E5005"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="60"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift2">
+  <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift2Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
+    <w:link w:val="Titre2Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00855097"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift3">
+  <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="berschrift3Zchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
+    <w:link w:val="Titre3Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009E5005"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
       <w:bCs/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift4">
+  <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift5">
+  <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift6">
+  <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift7">
+  <w:style w:type="paragraph" w:styleId="Titre7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift8">
+  <w:style w:type="paragraph" w:styleId="Titre8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berschrift9">
+  <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textkrper">
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="TextkrperZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpsdetexteCar"/>
     <w:qFormat/>
     <w:rsid w:val="00BA571D"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
     <w:name w:val="First Paragraph"/>
-    <w:basedOn w:val="Textkrper"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:next w:val="Corpsdetexte"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
     <w:name w:val="Compact"/>
-    <w:basedOn w:val="Textkrper2"/>
+    <w:basedOn w:val="Corpsdetexte2"/>
     <w:pPr>
       <w:spacing w:before="36" w:after="36"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titel">
+  <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="003D502F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="D31932" w:themeColor="accent1"/>
       <w:spacing w:val="20"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Untertitel">
+  <w:style w:type="paragraph" w:styleId="Sous-titre">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Titel"/>
-[...1 lines deleted...]
-    <w:link w:val="UntertitelZchn"/>
+    <w:basedOn w:val="Titre"/>
+    <w:next w:val="Corpsdetexte"/>
+    <w:link w:val="Sous-titreCar"/>
     <w:qFormat/>
     <w:rsid w:val="00EF7CFB"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
     <w:name w:val="Author"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="000352CE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Datum">
+  <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
-    <w:next w:val="Textkrper"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
     <w:name w:val="Abstract"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="00855097"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Literaturverzeichnis">
+  <w:style w:type="paragraph" w:styleId="Bibliographie">
     <w:name w:val="Bibliography"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0015268B"/>
     <w:pPr>
       <w:ind w:left="567" w:hanging="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Blocktext">
+  <w:style w:type="paragraph" w:styleId="Normalcentr">
     <w:name w:val="Block Text"/>
-    <w:basedOn w:val="Textkrper"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
       <w:ind w:left="480" w:right="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Funotentext">
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FunotentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007B448B"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Table">
     <w:name w:val="Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr>
         <w:jc w:val="left"/>
       </w:tblPr>
       <w:trPr>
         <w:jc w:val="left"/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:vAlign w:val="bottom"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
     <w:name w:val="Definition Term"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Definition"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
     <w:name w:val="Definition"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LegendeAbbildung">
     <w:name w:val="Legende Abbildung"/>
     <w:basedOn w:val="LegendeTabelle"/>
     <w:qFormat/>
     <w:rsid w:val="0047168D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NotizTabelle">
     <w:name w:val="Notiz Tabelle"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00577261"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60" w:after="180" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NotizAbbildung">
     <w:name w:val="Notiz Abbildung"/>
     <w:basedOn w:val="NotizTabelle"/>
     <w:qFormat/>
     <w:rsid w:val="006B5540"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
     <w:name w:val="Figure"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Funotenzeichen">
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EF7CFB"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="FunotentextZchn"/>
+    <w:basedOn w:val="NotedebasdepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D72ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:b w:val="0"/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs/>
       <w:color w:val="D31932" w:themeColor="accent1"/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Inhaltsverzeichnisberschrift">
+  <w:style w:type="paragraph" w:styleId="En-ttedetabledesmatires">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="berschrift1"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Titre1"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00024143"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+  <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B3A29"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextkrperZchn">
-[...2 lines deleted...]
-    <w:link w:val="Textkrper"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
+    <w:name w:val="Corps de texte Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte"/>
     <w:rsid w:val="00BA571D"/>
     <w:rPr>
       <w:lang w:val="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kopfzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
     <w:rsid w:val="004B3A29"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="FuzeileZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B448B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
-[...2 lines deleted...]
-    <w:link w:val="Fuzeile"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
     <w:rsid w:val="007B448B"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Themenschwerpunkt">
     <w:name w:val="Themenschwerpunkt"/>
-    <w:basedOn w:val="Kopfzeile"/>
+    <w:basedOn w:val="En-tte"/>
     <w:link w:val="ThemenschwerpunktZchn"/>
     <w:rsid w:val="00CC1689"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:spacing w:val="0"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ThemenschwerpunktZchn">
     <w:name w:val="Themenschwerpunkt Zchn"/>
-    <w:basedOn w:val="KopfzeileZchn"/>
+    <w:basedOn w:val="En-tteCar"/>
     <w:link w:val="Themenschwerpunkt"/>
     <w:rsid w:val="00CC1689"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:b/>
       <w:noProof/>
       <w:spacing w:val="0"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textkrper2">
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Textkrper"/>
-    <w:link w:val="Textkrper2Zchn"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:link w:val="Corpsdetexte2Car"/>
     <w:qFormat/>
     <w:rsid w:val="004C3CB8"/>
     <w:pPr>
       <w:ind w:right="3969"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper2Zchn">
-[...2 lines deleted...]
-    <w:link w:val="Textkrper2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpsdetexte2Car">
+    <w:name w:val="Corps de texte 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte2"/>
     <w:rsid w:val="004C3CB8"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textkrper3">
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Textkrper"/>
-    <w:link w:val="Textkrper3Zchn"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:link w:val="Corpsdetexte3Car"/>
     <w:autoRedefine/>
     <w:rsid w:val="0061013E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper3Zchn">
-[...2 lines deleted...]
-    <w:link w:val="Textkrper3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpsdetexte3Car">
+    <w:name w:val="Corps de texte 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte3"/>
     <w:rsid w:val="0061013E"/>
     <w:rPr>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LegendeTabelle">
     <w:name w:val="Legende Tabelle"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003D502F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="D31932" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liste">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED473A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:left="454" w:hanging="284"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liste2">
     <w:name w:val="List 2"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED473A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:left="794" w:hanging="284"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liste3">
     <w:name w:val="List 3"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED473A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:left="1135" w:hanging="284"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Index1">
     <w:name w:val="index 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:rsid w:val="00571C0D"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="200" w:hanging="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Erwhnung">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA4676"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fett">
+  <w:style w:type="character" w:styleId="lev">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00EA4676"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FunotentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Funotentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007B448B"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle1hell">
+  <w:style w:type="table" w:styleId="TableauGrille1Clair">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00D614DC"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999" w:themeColor="text1" w:themeTint="66"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
@@ -19804,271 +19799,271 @@
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00853805"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarzeichen">
+  <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D02DE1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentartext">
+  <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="KommentartextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D02DE1"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentartext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
+    <w:name w:val="Commentaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D02DE1"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
-[...2 lines deleted...]
-    <w:link w:val="Untertitel"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
+    <w:name w:val="Sous-titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sous-titre"/>
     <w:rsid w:val="00EF7CFB"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Open Sans SemiCondensed" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:spacing w:val="20"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
+  <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="006B5540"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hervorhebung1">
     <w:name w:val="Hervorhebung1"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="HervorhebungCar"/>
     <w:qFormat/>
     <w:rsid w:val="003D502F"/>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:color w:val="D31932" w:themeColor="accent1"/>
       <w:spacing w:val="10"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HervorhebungCar">
     <w:name w:val="Hervorhebung Car"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Hervorhebung1"/>
     <w:rsid w:val="003D502F"/>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:color w:val="D31932" w:themeColor="accent1"/>
       <w:spacing w:val="10"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zitat1">
     <w:name w:val="Zitat1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="00157D7E"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
       <w:ind w:left="284" w:right="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:noProof/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+  <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentartext"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarthemaZchn"/>
+    <w:basedOn w:val="Commentaire"/>
+    <w:next w:val="Commentaire"/>
+    <w:link w:val="ObjetducommentaireCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000302CB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarthema"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
+    <w:name w:val="Objet du commentaire Car"/>
+    <w:basedOn w:val="CommentaireCar"/>
+    <w:link w:val="Objetducommentaire"/>
     <w:semiHidden/>
     <w:rsid w:val="000302CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listennummer">
+  <w:style w:type="paragraph" w:styleId="Listenumros">
     <w:name w:val="List Number"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00ED473A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="527" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLTastatur">
+  <w:style w:type="character" w:styleId="ClavierHTML">
     <w:name w:val="HTML Keyboard"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLCode">
+  <w:style w:type="character" w:styleId="CodeHTML">
     <w:name w:val="HTML Code"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dokumentstruktur">
+  <w:style w:type="paragraph" w:styleId="Explorateurdedocuments">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="DokumentstrukturZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ExplorateurdedocumentsCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DokumentstrukturZchn">
-[...2 lines deleted...]
-    <w:link w:val="Dokumentstruktur"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExplorateurdedocumentsCar">
+    <w:name w:val="Explorateur de documents Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Explorateurdedocuments"/>
     <w:semiHidden/>
     <w:rsid w:val="00120CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLBeispiel">
+  <w:style w:type="character" w:styleId="ExempleHTML">
     <w:name w:val="HTML Sample"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2">
+  <w:style w:type="table" w:styleId="Listemoyenne2">
     <w:name w:val="Medium List 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -20133,53 +20128,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent1">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent1">
     <w:name w:val="Medium List 2 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120CBF"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F7C2C9" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -20244,120 +20239,120 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F7C2C9" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Umschlagadresse">
+  <w:style w:type="paragraph" w:styleId="Adressedestinataire">
     <w:name w:val="envelope address"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:framePr w:w="4320" w:h="2160" w:hRule="exact" w:hSpace="141" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Umschlagabsenderadresse">
+  <w:style w:type="paragraph" w:styleId="Adresseexpditeur">
     <w:name w:val="envelope return"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nachrichtenkopf">
+  <w:style w:type="paragraph" w:styleId="En-ttedemessage">
     <w:name w:val="Message Header"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="NachrichtenkopfZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-ttedemessageCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NachrichtenkopfZchn">
-[...2 lines deleted...]
-    <w:link w:val="Nachrichtenkopf"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-ttedemessageCar">
+    <w:name w:val="En-tête de message Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-ttedemessage"/>
     <w:semiHidden/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2">
+  <w:style w:type="table" w:styleId="Grillemoyenne2">
     <w:name w:val="Medium Grid 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20372,53 +20367,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent1">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent1">
     <w:name w:val="Medium Grid 2 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F7C2C9" w:themeFill="accent1" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20433,53 +20428,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent2">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent2">
     <w:name w:val="Medium Grid 2 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FAD6D3" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20494,53 +20489,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent3">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent3">
     <w:name w:val="Medium Grid 2 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F4F7C3" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20555,53 +20550,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent4">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent4">
     <w:name w:val="Medium Grid 2 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="D3E9DA" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20616,53 +20611,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent5">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent5">
     <w:name w:val="Medium Grid 2 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="D7E7EE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20677,53 +20672,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittleresRaster2-Akzent6">
+  <w:style w:type="table" w:styleId="Grillemoyenne2-Accent6">
     <w:name w:val="Medium Grid 2 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="E9E1E5" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20738,53 +20733,53 @@
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent2">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent2">
     <w:name w:val="Medium List 2 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="FAD6D3" w:themeFill="accent2" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
@@ -20838,53 +20833,53 @@
           <w:top w:val="nil"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent3">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent3">
     <w:name w:val="Medium List 2 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F4F7C3" w:themeFill="accent3" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -20949,53 +20944,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7C3" w:themeFill="accent3" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent4">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent4">
     <w:name w:val="Medium List 2 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="D3E9DA" w:themeFill="accent4" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -21060,53 +21055,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3E9DA" w:themeFill="accent4" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent5">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent5">
     <w:name w:val="Medium List 2 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="D7E7EE" w:themeFill="accent5" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -21171,53 +21166,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D7E7EE" w:themeFill="accent5" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MittlereListe2-Akzent6">
+  <w:style w:type="table" w:styleId="Listemoyenne2-Accent6">
     <w:name w:val="Medium List 2 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="nil"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="E9E1E5" w:themeFill="accent6" w:themeFillTint="3F"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -21282,335 +21277,335 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E9E1E5" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLSchreibmaschine">
+  <w:style w:type="character" w:styleId="MachinecrireHTML">
     <w:name w:val="HTML Typewriter"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="StandardWeb">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLVorformatiert">
+  <w:style w:type="paragraph" w:styleId="PrformatHTML">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="HTMLVorformatiertZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PrformatHTMLCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLVorformatiertZchn">
-[...2 lines deleted...]
-    <w:link w:val="HTMLVorformatiert"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PrformatHTMLCar">
+    <w:name w:val="Préformaté HTML Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="PrformatHTML"/>
     <w:semiHidden/>
     <w:rsid w:val="006676E2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NurText">
+  <w:style w:type="paragraph" w:styleId="Textebrut">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="NurTextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextebrutCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NurTextZchn">
-[...2 lines deleted...]
-    <w:link w:val="NurText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextebrutCar">
+    <w:name w:val="Texte brut Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textebrut"/>
     <w:semiHidden/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Standard"/>
-    <w:link w:val="SprechblasentextZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Sprechblasentext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
     <w:semiHidden/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:rFonts w:ascii="Open Sans SemiCondensed" w:hAnsi="Open Sans SemiCondensed"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Makrotext">
+  <w:style w:type="paragraph" w:styleId="Textedemacro">
     <w:name w:val="macro"/>
-    <w:link w:val="MakrotextZchn"/>
+    <w:link w:val="TextedemacroCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MakrotextZchn">
-[...2 lines deleted...]
-    <w:link w:val="Makrotext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedemacroCar">
+    <w:name w:val="Texte de macro Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedemacro"/>
     <w:semiHidden/>
     <w:rsid w:val="006676E2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indexberschrift">
+  <w:style w:type="paragraph" w:styleId="Titreindex">
     <w:name w:val="index heading"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Index1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="RGV-berschrift">
+  <w:style w:type="paragraph" w:styleId="TitreTR">
     <w:name w:val="toa heading"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006676E2"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="ArtikelAbschnitt">
+  <w:style w:type="numbering" w:styleId="ArticleSection">
     <w:name w:val="Outline List 3"/>
-    <w:basedOn w:val="KeineListe"/>
+    <w:basedOn w:val="Aucuneliste"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153133"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listennummer2">
+  <w:style w:type="paragraph" w:styleId="Listenumros2">
     <w:name w:val="List Number 2"/>
-    <w:basedOn w:val="Listennummer"/>
+    <w:basedOn w:val="Listenumros"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382314"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="851" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Open Sans SemiCondensed"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listennummer3">
+  <w:style w:type="paragraph" w:styleId="Listenumros3">
     <w:name w:val="List Number 3"/>
-    <w:basedOn w:val="Listennummer"/>
+    <w:basedOn w:val="Listenumros"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382314"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Open Sans SemiCondensed"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BesuchterLink">
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E5005"/>
     <w:rPr>
       <w:color w:val="252B46" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="WichtigBox">
     <w:name w:val="Wichtig Box"/>
-    <w:basedOn w:val="Textkrper"/>
+    <w:basedOn w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="00CD1583"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="48" w:space="1" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="48" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="48" w:space="1" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="48" w:space="4" w:color="FFFFFF" w:themeColor="background1"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="EEF29E" w:themeFill="accent3" w:themeFillTint="66"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fragen">
     <w:name w:val="Fragen"/>
-    <w:basedOn w:val="Textkrper"/>
-    <w:next w:val="Textkrper"/>
+    <w:basedOn w:val="Corpsdetexte"/>
+    <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:rsid w:val="0003314D"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="4" w:color="D31932" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="120"/>
       <w:ind w:left="170"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="D31932" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle2">
+  <w:style w:type="table" w:styleId="TableauGrille2">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         <w:bottom w:val="nil"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent4">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation4">
     <w:name w:val="List Table 3 Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="0020467E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="51A66D" w:themeColor="accent4"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="51A66D" w:themeColor="accent4"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
@@ -21620,53 +21615,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent6">
+  <w:style w:type="table" w:styleId="TableauListe4-Accentuation6">
     <w:name w:val="List Table 4 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
@@ -21684,53 +21679,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent1">
+  <w:style w:type="table" w:styleId="TableauListe4-Accentuation1">
     <w:name w:val="List Table 4 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9CDD3" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
@@ -21748,53 +21743,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="ED6B7D" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F9CDD3" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4Akzent2">
+  <w:style w:type="table" w:styleId="TableauListe4-Accentuation2">
     <w:name w:val="List Table 4 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBDEDC" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
@@ -21812,344 +21807,344 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="F39D96" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBDEDC" w:themeFill="accent2" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent4">
+  <w:style w:type="table" w:styleId="TableauListe1Clair-Accentuation4">
     <w:name w:val="List Table 1 Light Accent 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="DBEDE1" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="94CBA6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="94CBA6" w:themeColor="accent4" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent3">
+  <w:style w:type="table" w:styleId="TableauListe1Clair-Accentuation3">
     <w:name w:val="List Table 1 Light Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F6F8CE" w:themeFill="accent3" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E5EB6D" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E5EB6D" w:themeColor="accent3" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent2">
+  <w:style w:type="table" w:styleId="TableauListe1Clair-Accentuation2">
     <w:name w:val="List Table 1 Light Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FBDEDC" w:themeFill="accent2" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F39D96" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="F39D96" w:themeColor="accent2" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent1">
+  <w:style w:type="table" w:styleId="TableauListe1Clair-Accentuation1">
     <w:name w:val="List Table 1 Light Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F9CDD3" w:themeFill="accent1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ED6B7D" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="ED6B7D" w:themeColor="accent1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle2Akzent5">
+  <w:style w:type="table" w:styleId="TableauListe2-Accentuation5">
     <w:name w:val="List Table 2 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle5dunkelAkzent6">
+  <w:style w:type="table" w:styleId="TableauGrille5Fonc-Accentuation6">
     <w:name w:val="Grid Table 5 Dark Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="007F5E1D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle3Akzent6">
+  <w:style w:type="table" w:styleId="TableauGrille3-Accentuation6">
     <w:name w:val="Grid Table 3 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="007B5701"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
@@ -22222,53 +22217,53 @@
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Gitternetztabelle4Akzent6">
+  <w:style w:type="table" w:styleId="TableauGrille4-Accentuation6">
     <w:name w:val="Grid Table 4 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007B5701"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
@@ -22278,105 +22273,105 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A98899" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle1hellAkzent6">
+  <w:style w:type="table" w:styleId="TableauListe1Clair-Accentuation6">
     <w:name w:val="List Table 1 Light Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="007B5701"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="EDE7EA" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CBB7C1" w:themeColor="accent6" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent6">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation6">
     <w:name w:val="List Table 3 Accent 6"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00AE5D15"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A98899" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
@@ -22418,53 +22413,53 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="A98899" w:themeColor="accent6"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent5">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation5">
     <w:name w:val="List Table 3 Accent 5"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="0020467E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="5F9FBC" w:themeColor="accent5"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="5F9FBC" w:themeColor="accent5"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
@@ -22474,53 +22469,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent3">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation3">
     <w:name w:val="List Table 3 Accent 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="0020467E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="C7CF1C" w:themeColor="accent3"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="C7CF1C" w:themeColor="accent3"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
@@ -22530,53 +22525,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent2">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation2">
     <w:name w:val="List Table 3 Accent 2"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="0020467E"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="EB5E51" w:themeColor="accent2"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
@@ -22586,53 +22581,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3Akzent1">
+  <w:style w:type="table" w:styleId="TableauListe3-Accentuation1">
     <w:name w:val="List Table 3 Accent 1"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00467E46"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="double" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D31932" w:themeColor="accent1"/>
       </w:tcBorders>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:tblStylePr>
@@ -22642,53 +22637,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle4">
+  <w:style w:type="table" w:styleId="TableauListe4">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="006411DE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -22706,53 +22701,53 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Listentabelle3">
+  <w:style w:type="table" w:styleId="TableauListe3">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="NormaleTabelle"/>
+    <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="006411DE"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tcBorders>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
@@ -22820,341 +22815,341 @@
         <w:tcBorders>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Zitat">
+  <w:style w:type="paragraph" w:styleId="Citation">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="ZitatZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
     <w:qFormat/>
     <w:rsid w:val="004C3CB8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Frutiger LT Pro 57 Condensed" w:hAnsi="Frutiger LT Pro 57 Condensed"/>
       <w:b/>
       <w:iCs/>
       <w:spacing w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
-[...2 lines deleted...]
-    <w:link w:val="Zitat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
     <w:rsid w:val="004C3CB8"/>
     <w:rPr>
       <w:rFonts w:ascii="Frutiger LT Pro 57 Condensed" w:hAnsi="Frutiger LT Pro 57 Condensed"/>
       <w:b/>
       <w:iCs/>
       <w:spacing w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis1">
+  <w:style w:type="paragraph" w:styleId="TM1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C5977"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9061"/>
       </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis2">
+  <w:style w:type="paragraph" w:styleId="TM2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004308B7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Verzeichnis3">
+  <w:style w:type="paragraph" w:styleId="TM3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004308B7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="400"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000D3294"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
       <w:bCs/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hervorhebung">
+  <w:style w:type="character" w:styleId="Accentuation">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00DD3DD7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="uppercase">
     <w:name w:val="uppercase"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00541064"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="petitecap">
     <w:name w:val="petitecap"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00DA1013"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="z-Formularbeginn">
+  <w:style w:type="paragraph" w:styleId="z-Hautduformulaire">
     <w:name w:val="HTML Top of Form"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="z-FormularbeginnZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-HautduformulaireCar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F65FD4"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:spacing w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="z-FormularbeginnZchn">
-[...2 lines deleted...]
-    <w:link w:val="z-Formularbeginn"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-HautduformulaireCar">
+    <w:name w:val="z-Haut du formulaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="z-Hautduformulaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F65FD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:spacing w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="input-group-btn">
     <w:name w:val="input-group-btn"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00F65FD4"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="z-Formularende">
+  <w:style w:type="paragraph" w:styleId="z-Basduformulaire">
     <w:name w:val="HTML Bottom of Form"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:link w:val="z-FormularendeZchn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="z-BasduformulaireCar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F65FD4"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:spacing w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="fr-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="z-FormularendeZchn">
-[...2 lines deleted...]
-    <w:link w:val="z-Formularende"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-BasduformulaireCar">
+    <w:name w:val="z-Bas du formulaire Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="z-Basduformulaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F65FD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:spacing w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="active">
     <w:name w:val="active"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F65FD4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00E360FC"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
-[...2 lines deleted...]
-    <w:link w:val="berschrift2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001F719C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Open Sans SemiCondensed"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E24227"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="00CD2820"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
+  <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:rsid w:val="00EA71E5"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="sc-afe43def-1">
     <w:name w:val="sc-afe43def-1"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="003165BD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="format">
     <w:name w:val="format"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="0020408B"/>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLDefinition">
+  <w:style w:type="character" w:styleId="DfinitionHTML">
     <w:name w:val="HTML Definition"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003E7A5A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="documenthote">
     <w:name w:val="documenthote"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="009E3DB0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="numero">
     <w:name w:val="numero"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="009E3DB0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="numbering">
     <w:name w:val="numbering"/>
-    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="009E3DB0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12462468">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="14044709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -36289,51 +36284,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1438718962">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1087097ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/rfas.164.0035" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inclusion-handicap.ch/fr/inclusion-handicap-association-faitiere-des-organisations-suisses-de-personnes-handicapees-1.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aktionsplan-un-brk.ch/fr/les-projets/projet-lempowerassistr-145.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reiso.org/document/5612" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.ch/fr/ratsbetrieb/suche-curia-vista/geschaeft?AffairId=20244266" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/bausteine.net/link/link.aspx?id=35107&amp;domid=1066" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://annuaire.autisme.ch/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veille-et-analyses.ens-lyon.fr/EB-Veille/Edubref-octobre-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.firah.org/fr/cancer-et-handicap-psy.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silviva.ch/fr/produit/les-bienfaits-de-lecole-a-ciel-ouvert/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.associationalavista.ch/film-envol%C3%A9es" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/formation-continue" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.szh.ch/fr/livres-edition-szhcsps/221-la-cdph-en-suisse.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/index.php/produit/des-participations-heroisees-le-handicap-dans-les-series-televisees-pour-enfants-france-1993-2008/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procap.ch/fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/revue-mouvements-2019-3-page-131?lang=fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebgb.admin.ch/fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bag.admin.ch/dam/fr/sd-web/EvuNqVSJ5BWm/Bericht%20Po.%2022.3867%20SGK-N%20Finanzierung%20Betreuung%20von%20Menschen%20mit%20Demenz_FR.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edudoc.ch/nanna/record/242643/files/intervention-precoce-autisme.pdf?withWatermark=0&amp;withMetadata=0&amp;registerDownload=1&amp;version=1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspeda.ch/images/SVEHK-ASPEDA-ASGBA_enquete_compensation_des_desavantages_resultats.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agefiph.fr/actualites-handicap/parution-du-barometre-2025-agefiph-ifop-sur-la-perception-du-handicap-en-emploi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sgb-fss.ch/content/uploads/2024/08/gehorlosigkeit-in-zahlen-f.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radix.ch/fr/ecoles-en-sante/offres/securite-routiere-pour-les-groupes-a-risques/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/livre/9782807368354-diriger-collectivement-un-etablissement-scolaire" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/fr/tv-pr/originals/deaf-president-now/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/audio/accompagner-les-futurs-parents-en-situation-en-handicap-avant-l-arrivee-du-bebe-28824455.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.57161/z2025-07-04" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/handicap-et-sante/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podcast.szh-csps.ch/podcast/szh-podcast-episode-10-berufsverbaende-und-multiprofessionalitaet-eine-herausforderung/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1084908ar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Claude-Pichonnaz/publication/381490171_Inclusion_des_personnes_en_situation_de_handicap_dans_la_societe_un_defi_a_accompagner/links/6679575c1dec0c3c6f9fb892/Inclusion-des-personnes-en-situation-de-handicap-dans-la-societe-un-defi-a-accompagner.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com/fr/editions-slatkine/76178-book-07211297-9782832112977.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.initiative-inclusion.ch/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proinfirmis.ch/fr/index.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.news.admin.ch/fr/newnsb/2MkeA9QB0enSEw4oIbYzk" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.16jours.ch/theme-central" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revue-deliberee.org/numeros/handicaps-devalider-la-justice/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epaper.resonances-vs.ch/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veille-et-analyses.ens-lyon.fr/DA/detailsDossier.php?parent=accueil&amp;dossier=151&amp;lang=fr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/emission/parents-ecole-mode-d-emploi-28961171.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/annoncer-une-formation-continue-ou-une-manifestation" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/nresi.094.0165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asahm.ch/post/publication-du-livre-tu-es-canon-manifeste-de-la-mode-inclusive" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://souslesroues.ghost.io/la-faq/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proinfirmis.ch/fr/a-propos/actualites/detail/news/le-conseil-des-etats-vote-en-faveur-du-droit-de-vote-pour-toutes-les-personnes-en-situation-de-handicap.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edk.ch/fr/la-cdip/actualites/cp20250911" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anae-revue.com/2025/09/10/anae-n-196-sant%C3%A9-mentale-des-jeunes-perspectives-neurod%C3%A9veloppementales-mieux-comprendre-pour-mieux-intervenir/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.firah.org/fr/tactilvr.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/graph1.089.0133" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspeda.ch/images/ASPEDA_Aide-memoire_compensation_des_desavantages.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagesromandes.ch/archives/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/congres-colloques" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebgb.admin.ch/fr/presentation-du-rapport-cdph" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agile.ch/fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insieme.ch/fr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edk.ch/fr/la-cdip/actualites/cp20251031" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse-documents-de-reference/panoramas-de-la-drees/251001-Panoramas-aide-sociale-personnes-%C3%A2g%C3%A9es-ou-handicap%C3%A9es" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.sante-sexuelle.ch/fr/A~1801~2/0~0~SGS/Ta-sexualit%C3%A9-tes-droits/fran%C3%A7ais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.news.admin.ch/fr/newnsb/ShWxqB8dmBBQhSFjzqSIW" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istanbulkonvention.ch/fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sgb-fss.ch/fr/actuel/journee-des-langues-des-signes/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rdyMRJ7YNUQ" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/emission/mon-corps-electrique-29023860.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.57161/z2025-07-02" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://souslesroues.ghost.io/la-faq/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/graph1.089.0133" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspeda.ch/images/ASPEDA_Aide-memoire_compensation_des_desavantages.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anae-revue.com/2025/09/10/anae-n-196-sant%C3%A9-mentale-des-jeunes-perspectives-neurod%C3%A9veloppementales-mieux-comprendre-pour-mieux-intervenir/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/congres-colloques" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.57161/z2025-07-04" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/index.php/produit/des-participations-heroisees-le-handicap-dans-les-series-televisees-pour-enfants-france-1993-2008/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/revue-mouvements-2019-3-page-131?lang=fr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.news.admin.ch/fr/newnsb/ShWxqB8dmBBQhSFjzqSIW" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edk.ch/fr/la-cdip/actualites/cp20251031" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sgb-fss.ch/fr/actuel/journee-des-langues-des-signes/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.sante-sexuelle.ch/fr/A~1801~2/0~0~SGS/Ta-sexualit%C3%A9-tes-droits/fran%C3%A7ais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reiso.org/document/5612" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inclusion-handicap.ch/fr/inclusion-handicap-association-faitiere-des-organisations-suisses-de-personnes-handicapees-1.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/bausteine.net/link/link.aspx?id=35107&amp;domid=1066" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://annuaire.autisme.ch/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.silviva.ch/fr/produit/les-bienfaits-de-lecole-a-ciel-ouvert/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/audio/accompagner-les-futurs-parents-en-situation-en-handicap-avant-l-arrivee-du-bebe-28824455.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/formation-continue" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/nresi.094.0165" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://che01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.tu-es-canon.ch%2Flivre%2F&amp;data=05%7C02%7Cstagiaire%40csps.ch%7C30000e7ce78a41cebf8d08de332ebd48%7C3a411ba7860145628c68bce830279a36%7C0%7C0%7C639004473025751683%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=1D8FHVkac3Pn9Yp7xyeHglFBJV9kBjWJ6NN0M6vfr%2Bk%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebgb.admin.ch/fr" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bag.admin.ch/dam/fr/sd-web/EvuNqVSJ5BWm/Bericht%20Po.%2022.3867%20SGK-N%20Finanzierung%20Betreuung%20von%20Menschen%20mit%20Demenz_FR.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edudoc.ch/nanna/record/242643/files/intervention-precoce-autisme.pdf?withWatermark=0&amp;withMetadata=0&amp;registerDownload=1&amp;version=1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agefiph.fr/actualites-handicap/parution-du-barometre-2025-agefiph-ifop-sur-la-perception-du-handicap-en-emploi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radix.ch/fr/ecoles-en-sante/offres/securite-routiere-pour-les-groupes-a-risques/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/livre/9782807368354-diriger-collectivement-un-etablissement-scolaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1084908ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspeda.ch/images/SVEHK-ASPEDA-ASGBA_enquete_compensation_des_desavantages_resultats.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sgb-fss.ch/content/uploads/2024/08/gehorlosigkeit-in-zahlen-f.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/handicap-et-sante/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apple.com/fr/tv-pr/originals/deaf-president-now/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podcast.szh-csps.ch/podcast/szh-podcast-episode-10-berufsverbaende-und-multiprofessionalitaet-eine-herausforderung/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.57161/z2025-07-02" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebgb.admin.ch/fr/presentation-du-rapport-cdph" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com/fr/editions-slatkine/76178-book-07211297-9782832112977.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.initiative-inclusion.ch/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.news.admin.ch/fr/newnsb/2MkeA9QB0enSEw4oIbYzk" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revue-deliberee.org/numeros/handicaps-devalider-la-justice/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epaper.resonances-vs.ch/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proinfirmis.ch/fr/index.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.16jours.ch/theme-central" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veille-et-analyses.ens-lyon.fr/DA/detailsDossier.php?parent=accueil&amp;dossier=151&amp;lang=fr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.firah.org/fr/tactilvr.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/emission/parents-ecole-mode-d-emploi-28961171.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csps.ch/fr/divers/formations-et-manifestations/annoncer-une-formation-continue-ou-une-manifestation" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1087097ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/rfas.164.0035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edk.ch/fr/la-cdip/actualites/cp20250911" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proinfirmis.ch/fr/a-propos/actualites/detail/news/le-conseil-des-etats-vote-en-faveur-du-droit-de-vote-pour-toutes-les-personnes-en-situation-de-handicap.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse-documents-de-reference/panoramas-de-la-drees/251001-Panoramas-aide-sociale-personnes-%C3%A2g%C3%A9es-ou-handicap%C3%A9es" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagesromandes.ch/archives/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insieme.ch/fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agile.ch/fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aktionsplan-un-brk.ch/fr/les-projets/projet-lempowerassistr-145.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istanbulkonvention.ch/fr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.57161/z2025-06-01" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rdyMRJ7YNUQ" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rts.ch/audio-podcast/2025/emission/mon-corps-electrique-29023860.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proinfirmis.ch/fileadmin/bilder/4_Ueber_uns/kampagnen/2023/Inklusionsindex/Indice_de_l_inclusion_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Claude-Pichonnaz/publication/381490171_Inclusion_des_personnes_en_situation_de_handicap_dans_la_societe_un_defi_a_accompagner/links/6679575c1dec0c3c6f9fb892/Inclusion-des-personnes-en-situation-de-handicap-dans-la-societe-un-defi-a-accompagner.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procap.ch/fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parlament.ch/fr/ratsbetrieb/suche-curia-vista/geschaeft?AffairId=20244266" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.firah.org/fr/cancer-et-handicap-psy.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.associationalavista.ch/film-envol%C3%A9es" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veille-et-analyses.ens-lyon.fr/EB-Veille/Edubref-octobre-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.szh.ch/fr/livres-edition-szhcsps/221-la-cdph-en-suisse.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\FaveRobin\SZH%20CSPS\Daten_Allgemein%20-%20General\2_Produkte\50_Open_Access\Layout\Dokteil\Layout_Dokteil%20-%20FR.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="SZH/CSPS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -36581,50 +36576,54 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C27681858B7D484080A6C8E6830BC98C" ma:contentTypeVersion="19" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="45fd98e6bcf7fc84a02f183053deca85">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="76555f21-dda2-40b2-9e67-0c5126acc9bb" xmlns:ns3="4fd9addd-010e-4f5f-8f1c-4194eaaa354f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d3af90d3921ff15beb7b3afdc4c43c93" ns2:_="" ns3:_="">
     <xsd:import namespace="76555f21-dda2-40b2-9e67-0c5126acc9bb"/>
     <xsd:import namespace="4fd9addd-010e-4f5f-8f1c-4194eaaa354f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -36841,141 +36840,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4fd9addd-010e-4f5f-8f1c-4194eaaa354f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="76555f21-dda2-40b2-9e67-0c5126acc9bb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14A644E3-04CA-494A-AE18-74A0A7989E17}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21897204-0412-4C43-A6D0-D62990A020E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="76555f21-dda2-40b2-9e67-0c5126acc9bb"/>
     <ds:schemaRef ds:uri="4fd9addd-010e-4f5f-8f1c-4194eaaa354f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F9FDA9-7FB6-4D8D-862D-895C44714D11}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47EC88C-8D21-434D-9DE7-8252E3B8ED27}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E47EC88C-8D21-434D-9DE7-8252E3B8ED27}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F9FDA9-7FB6-4D8D-862D-895C44714D11}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4fd9addd-010e-4f5f-8f1c-4194eaaa354f"/>
+    <ds:schemaRef ds:uri="76555f21-dda2-40b2-9e67-0c5126acc9bb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Layout_Dokteil - FR</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>7738</Words>
-  <Characters>42563</Characters>
+  <Words>7779</Words>
+  <Characters>42786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>354</Lines>
+  <Lines>356</Lines>
   <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50201</CharactersWithSpaces>
+  <CharactersWithSpaces>50465</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="342" baseType="variant">
       <vt:variant>
         <vt:i4>6160478</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>189</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://doi.org/10.57161/z2025-07-04</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767262</vt:i4>
       </vt:variant>
       <vt:variant>